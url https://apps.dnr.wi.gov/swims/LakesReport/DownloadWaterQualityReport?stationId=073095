--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e616a623cb94060" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9969e6ba1dd4f9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R87e1155cb0d246d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rb4d8a261a70e4b4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R87e1155cb0d246d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb4d8a261a70e4b4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -19234,301 +19234,1129 @@
       </x:c>
       <x:c r="O209" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P209" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q209" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R209" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="210">
       <x:c r="A210" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>257993318</x:t>
         </x:is>
       </x:c>
       <x:c r="B210" t="inlineStr">
         <x:is>
-          <x:t>06/29/2025</x:t>
+          <x:t>05/29/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C210" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="D210" t="inlineStr">
         <x:is>
           <x:t>29</x:t>
         </x:is>
       </x:c>
       <x:c r="E210" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F210" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>11.2</x:t>
         </x:is>
       </x:c>
       <x:c r="G210" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H210" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>3.4</x:t>
         </x:is>
       </x:c>
       <x:c r="I210" t="inlineStr">
         <x:is>
-          <x:t>4</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J210" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K210" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>42</x:t>
         </x:is>
       </x:c>
       <x:c r="L210" t="inlineStr">
         <x:is>
-          <x:t>49</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M210" t="inlineStr">
         <x:is>
-          <x:t>44</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N210" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O210" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P210" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q210" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R210" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="211">
       <x:c r="A211" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>257993318</x:t>
         </x:is>
       </x:c>
       <x:c r="B211" t="inlineStr">
         <x:is>
-          <x:t>07/28/2025</x:t>
+          <x:t>06/05/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C211" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D211" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="E211" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F211" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>11.2</x:t>
         </x:is>
       </x:c>
       <x:c r="G211" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H211" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>3.4</x:t>
         </x:is>
       </x:c>
       <x:c r="I211" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J211" t="inlineStr">
         <x:is>
-          <x:t>14</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="K211" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>42</x:t>
         </x:is>
       </x:c>
       <x:c r="L211" t="inlineStr">
         <x:is>
-          <x:t>49</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M211" t="inlineStr">
         <x:is>
-          <x:t>44</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N211" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O211" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P211" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q211" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R211" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="212">
       <x:c r="A212" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B212" t="inlineStr">
         <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C212" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D212" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E212" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F212" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G212" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H212" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I212" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J212" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K212" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L212" t="inlineStr">
+        <x:is>
+          <x:t>49</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M212" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N212" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O212" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P212" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q212" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R212" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="213">
+      <x:c r="A213" t="inlineStr">
+        <x:is>
+          <x:t>257993318</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B213" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C213" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D213" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E213" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F213" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G213" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H213" t="inlineStr">
+        <x:is>
+          <x:t>3.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I213" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J213" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K213" t="inlineStr">
+        <x:is>
+          <x:t>43</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L213" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M213" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N213" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O213" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P213" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q213" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R213" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="214">
+      <x:c r="A214" t="inlineStr">
+        <x:is>
+          <x:t>257993318</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B214" t="inlineStr">
+        <x:is>
+          <x:t>07/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C214" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D214" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E214" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F214" t="inlineStr">
+        <x:is>
+          <x:t>12.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G214" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H214" t="inlineStr">
+        <x:is>
+          <x:t>3.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I214" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J214" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K214" t="inlineStr">
+        <x:is>
+          <x:t>41</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L214" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M214" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N214" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O214" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P214" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q214" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R214" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="215">
+      <x:c r="A215" t="inlineStr">
+        <x:is>
+          <x:t>257993318</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B215" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C215" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D215" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E215" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F215" t="inlineStr">
+        <x:is>
+          <x:t>10.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G215" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H215" t="inlineStr">
+        <x:is>
+          <x:t>3.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I215" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J215" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K215" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L215" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M215" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N215" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O215" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P215" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q215" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R215" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="216">
+      <x:c r="A216" t="inlineStr">
+        <x:is>
+          <x:t>257993318</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B216" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C216" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D216" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E216" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F216" t="inlineStr">
+        <x:is>
+          <x:t>11.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G216" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H216" t="inlineStr">
+        <x:is>
+          <x:t>3.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I216" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J216" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K216" t="inlineStr">
+        <x:is>
+          <x:t>42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L216" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M216" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N216" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O216" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P216" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q216" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R216" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="217">
+      <x:c r="A217" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B217" t="inlineStr">
+        <x:is>
+          <x:t>07/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C217" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D217" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E217" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I217" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J217" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L217" t="inlineStr">
+        <x:is>
+          <x:t>49</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M217" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="218">
+      <x:c r="A218" t="inlineStr">
+        <x:is>
+          <x:t>257993318</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B218" t="inlineStr">
+        <x:is>
+          <x:t>08/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C218" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D218" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E218" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F218" t="inlineStr">
+        <x:is>
+          <x:t>8.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G218" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H218" t="inlineStr">
+        <x:is>
+          <x:t>2.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I218" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J218" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K218" t="inlineStr">
+        <x:is>
+          <x:t>46</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L218" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M218" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N218" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O218" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P218" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q218" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R218" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="219">
+      <x:c r="A219" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B219" t="inlineStr">
+        <x:is>
           <x:t>08/24/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C212" t="inlineStr">
+      <x:c r="C219" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D212" t="inlineStr">
+      <x:c r="D219" t="inlineStr">
         <x:is>
           <x:t>24</x:t>
         </x:is>
       </x:c>
-      <x:c r="E212" t="inlineStr">
+      <x:c r="E219" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F212" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I212" t="inlineStr">
+      <x:c r="F219" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G219" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H219" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I219" t="inlineStr">
         <x:is>
           <x:t>13</x:t>
         </x:is>
       </x:c>
-      <x:c r="J212" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="L212" t="inlineStr">
+      <x:c r="J219" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K219" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L219" t="inlineStr">
         <x:is>
           <x:t>51</x:t>
         </x:is>
       </x:c>
-      <x:c r="M212" t="inlineStr">
+      <x:c r="M219" t="inlineStr">
         <x:is>
           <x:t>54</x:t>
         </x:is>
       </x:c>
-      <x:c r="N212" t="inlineStr">
-[...21 lines deleted...]
-          <x:t/>
+      <x:c r="N219" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O219" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P219" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q219" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R219" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="220">
+      <x:c r="A220" t="inlineStr">
+        <x:is>
+          <x:t>257993318</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B220" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C220" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D220" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E220" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F220" t="inlineStr">
+        <x:is>
+          <x:t>6.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G220" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H220" t="inlineStr">
+        <x:is>
+          <x:t>2.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I220" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J220" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K220" t="inlineStr">
+        <x:is>
+          <x:t>50</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L220" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M220" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N220" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O220" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P220" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q220" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R220" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="221">
+      <x:c r="A221" t="inlineStr">
+        <x:is>
+          <x:t>257993318</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B221" t="inlineStr">
+        <x:is>
+          <x:t>09/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C221" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D221" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E221" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F221" t="inlineStr">
+        <x:is>
+          <x:t>8.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G221" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H221" t="inlineStr">
+        <x:is>
+          <x:t>2.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I221" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J221" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K221" t="inlineStr">
+        <x:is>
+          <x:t>47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L221" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M221" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N221" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O221" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P221" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q221" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R221" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>