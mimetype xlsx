--- v1 (2025-11-30)
+++ v2 (2026-02-04)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9969e6ba1dd4f9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f4db0745bf841d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rb4d8a261a70e4b4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc5e65542508f4f6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb4d8a261a70e4b4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc5e65542508f4f6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>