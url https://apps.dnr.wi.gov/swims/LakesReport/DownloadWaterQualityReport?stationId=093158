--- v0 (2025-12-11)
+++ v1 (2026-02-19)
@@ -1,858 +1,858 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99b63855c9294b6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a1c5812099c48a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R4d02ec50ba8a4813"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R2b6a45fac1a640fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4d02ec50ba8a4813" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2b6a45fac1a640fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
+          <x:t>Group Seq No</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1" t="inlineStr">
+        <x:is>
+          <x:t>Startdate</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1" t="inlineStr">
+        <x:is>
+          <x:t>Startmonth</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1" t="inlineStr">
+        <x:is>
+          <x:t>Startday</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1" t="inlineStr">
+        <x:is>
+          <x:t>Startyear</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1" t="inlineStr">
+        <x:is>
+          <x:t>Secchi</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G1" t="inlineStr">
+        <x:is>
+          <x:t>Secchi Hit Bottom</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1" t="inlineStr">
+        <x:is>
+          <x:t>Secchi Meters</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I1" t="inlineStr">
+        <x:is>
+          <x:t>Chl</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J1" t="inlineStr">
+        <x:is>
+          <x:t>Tp</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K1" t="inlineStr">
+        <x:is>
+          <x:t>Tsi Sd</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L1" t="inlineStr">
+        <x:is>
           <x:t>Tsi Tp</x:t>
         </x:is>
       </x:c>
-      <x:c r="B1" t="inlineStr">
+      <x:c r="M1" t="inlineStr">
         <x:is>
           <x:t>Tsi Chl</x:t>
         </x:is>
       </x:c>
-      <x:c r="C1" t="inlineStr">
+      <x:c r="N1" t="inlineStr">
         <x:is>
           <x:t>Lake Level</x:t>
         </x:is>
       </x:c>
-      <x:c r="D1" t="inlineStr">
+      <x:c r="O1" t="inlineStr">
         <x:is>
           <x:t>Staff Gauge</x:t>
         </x:is>
       </x:c>
-      <x:c r="E1" t="inlineStr">
+      <x:c r="P1" t="inlineStr">
         <x:is>
           <x:t>Appearance</x:t>
         </x:is>
       </x:c>
-      <x:c r="F1" t="inlineStr">
+      <x:c r="Q1" t="inlineStr">
         <x:is>
           <x:t>Color</x:t>
         </x:is>
       </x:c>
-      <x:c r="G1" t="inlineStr">
+      <x:c r="R1" t="inlineStr">
         <x:is>
           <x:t>Perception</x:t>
-        </x:is>
-[...53 lines deleted...]
-          <x:t>Tsi Sd</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="inlineStr">
         <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B2" t="inlineStr">
+        <x:is>
+          <x:t>02/27/1996</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C2" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D2" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E2" t="inlineStr">
+        <x:is>
+          <x:t>1996</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F2" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G2" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H2" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I2" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J2" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K2" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L2" t="inlineStr">
+        <x:is>
           <x:t>53</x:t>
         </x:is>
       </x:c>
-      <x:c r="B2" t="inlineStr">
-[...53 lines deleted...]
-      </x:c>
       <x:c r="M2" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N2" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O2" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P2" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q2" t="inlineStr">
         <x:is>
-          <x:t>25</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="R2" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="inlineStr">
         <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B3" t="inlineStr">
+        <x:is>
+          <x:t>05/14/1996</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C3" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D3" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E3" t="inlineStr">
+        <x:is>
+          <x:t>1996</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F3" t="inlineStr">
+        <x:is>
+          <x:t>6.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G3" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H3" t="inlineStr">
+        <x:is>
+          <x:t>1.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I3" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J3" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K3" t="inlineStr">
+        <x:is>
           <x:t>51</x:t>
         </x:is>
       </x:c>
-      <x:c r="B3" t="inlineStr">
+      <x:c r="L3" t="inlineStr">
+        <x:is>
+          <x:t>51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M3" t="inlineStr">
         <x:is>
           <x:t>57</x:t>
         </x:is>
       </x:c>
-      <x:c r="C3" t="inlineStr">
-[...53 lines deleted...]
-      </x:c>
       <x:c r="N3" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O3" t="inlineStr">
         <x:is>
-          <x:t>1.9</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="P3" t="inlineStr">
         <x:is>
-          <x:t>18</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q3" t="inlineStr">
         <x:is>
-          <x:t>20</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="R3" t="inlineStr">
         <x:is>
-          <x:t>51</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="inlineStr">
         <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B4" t="inlineStr">
+        <x:is>
+          <x:t>06/12/1996</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C4" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D4" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E4" t="inlineStr">
+        <x:is>
+          <x:t>1996</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F4" t="inlineStr">
+        <x:is>
+          <x:t>4.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G4" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H4" t="inlineStr">
+        <x:is>
+          <x:t>1.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I4" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J4" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K4" t="inlineStr">
+        <x:is>
+          <x:t>54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L4" t="inlineStr">
+        <x:is>
           <x:t>52</x:t>
         </x:is>
       </x:c>
-      <x:c r="B4" t="inlineStr">
+      <x:c r="M4" t="inlineStr">
         <x:is>
           <x:t>49</x:t>
         </x:is>
       </x:c>
-      <x:c r="C4" t="inlineStr">
-[...53 lines deleted...]
-      </x:c>
       <x:c r="N4" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O4" t="inlineStr">
         <x:is>
-          <x:t>1.5</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="P4" t="inlineStr">
         <x:is>
-          <x:t>6</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q4" t="inlineStr">
         <x:is>
-          <x:t>23</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="R4" t="inlineStr">
         <x:is>
-          <x:t>54</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="inlineStr">
         <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B5" t="inlineStr">
+        <x:is>
+          <x:t>07/22/1996</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C5" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D5" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E5" t="inlineStr">
+        <x:is>
+          <x:t>1996</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F5" t="inlineStr">
+        <x:is>
+          <x:t>9.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H5" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I5" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J5" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K5" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L5" t="inlineStr">
+        <x:is>
           <x:t>52</x:t>
         </x:is>
       </x:c>
-      <x:c r="B5" t="inlineStr">
+      <x:c r="M5" t="inlineStr">
         <x:is>
           <x:t>44</x:t>
         </x:is>
       </x:c>
-      <x:c r="C5" t="inlineStr">
-[...53 lines deleted...]
-      </x:c>
       <x:c r="N5" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O5" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="P5" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q5" t="inlineStr">
         <x:is>
-          <x:t>23</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="R5" t="inlineStr">
         <x:is>
-          <x:t>44</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="inlineStr">
         <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B6" t="inlineStr">
+        <x:is>
+          <x:t>08/27/1996</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C6" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D6" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E6" t="inlineStr">
+        <x:is>
+          <x:t>1996</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F6" t="inlineStr">
+        <x:is>
+          <x:t>9.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G6" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H6" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I6" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J6" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K6" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L6" t="inlineStr">
+        <x:is>
           <x:t>51</x:t>
         </x:is>
       </x:c>
-      <x:c r="B6" t="inlineStr">
+      <x:c r="M6" t="inlineStr">
         <x:is>
           <x:t>49</x:t>
         </x:is>
       </x:c>
-      <x:c r="C6" t="inlineStr">
-[...53 lines deleted...]
-      </x:c>
       <x:c r="N6" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O6" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="P6" t="inlineStr">
         <x:is>
-          <x:t>6</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q6" t="inlineStr">
         <x:is>
-          <x:t>20</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="R6" t="inlineStr">
         <x:is>
-          <x:t>44</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="inlineStr">
         <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B7" t="inlineStr">
+        <x:is>
+          <x:t>11/04/1996</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C7" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D7" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E7" t="inlineStr">
+        <x:is>
+          <x:t>1996</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F7" t="inlineStr">
+        <x:is>
+          <x:t>7.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G7" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H7" t="inlineStr">
+        <x:is>
+          <x:t>2.25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I7" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J7" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K7" t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L7" t="inlineStr">
+        <x:is>
           <x:t>54</x:t>
         </x:is>
       </x:c>
-      <x:c r="B7" t="inlineStr">
+      <x:c r="M7" t="inlineStr">
         <x:is>
           <x:t>58</x:t>
         </x:is>
       </x:c>
-      <x:c r="C7" t="inlineStr">
-[...53 lines deleted...]
-      </x:c>
       <x:c r="N7" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O7" t="inlineStr">
         <x:is>
-          <x:t>2.25</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="P7" t="inlineStr">
         <x:is>
-          <x:t>21</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q7" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="R7" t="inlineStr">
         <x:is>
-          <x:t>48</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="inlineStr">
         <x:is>
+          <x:t>7000105</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B8" t="inlineStr">
+        <x:is>
+          <x:t>05/01/2001</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C8" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D8" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E8" t="inlineStr">
+        <x:is>
+          <x:t>2001</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F8" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G8" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H8" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I8" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J8" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K8" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L8" t="inlineStr">
+        <x:is>
           <x:t>54</x:t>
         </x:is>
       </x:c>
-      <x:c r="B8" t="inlineStr">
-[...53 lines deleted...]
-      </x:c>
       <x:c r="M8" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N8" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O8" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P8" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q8" t="inlineStr">
         <x:is>
-          <x:t>30</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="R8" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="inlineStr">
         <x:is>
+          <x:t>7000105</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B9" t="inlineStr">
+        <x:is>
+          <x:t>08/16/2001</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C9" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D9" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E9" t="inlineStr">
+        <x:is>
+          <x:t>2001</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F9" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G9" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H9" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I9" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J9" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K9" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L9" t="inlineStr">
+        <x:is>
           <x:t>51</x:t>
         </x:is>
       </x:c>
-      <x:c r="B9" t="inlineStr">
-[...53 lines deleted...]
-      </x:c>
       <x:c r="M9" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N9" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O9" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P9" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q9" t="inlineStr">
         <x:is>
-          <x:t>20</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="R9" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>