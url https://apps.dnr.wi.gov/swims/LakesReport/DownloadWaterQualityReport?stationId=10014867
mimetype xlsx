--- v0 (2025-11-03)
+++ v1 (2025-12-29)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bba20646d37402a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reec901d5c92b47ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Red05950876684cf8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rfca334bf58a645bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Red05950876684cf8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfca334bf58a645bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -5891,28 +5891,120 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O64" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P64" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q64" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R64" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="65">
+      <x:c r="A65" t="inlineStr">
+        <x:is>
+          <x:t>356092862</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B65" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C65" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D65" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E65" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F65" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G65" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H65" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I65" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J65" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K65" t="inlineStr">
+        <x:is>
+          <x:t>40</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L65" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M65" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N65" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O65" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P65" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q65" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R65" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>