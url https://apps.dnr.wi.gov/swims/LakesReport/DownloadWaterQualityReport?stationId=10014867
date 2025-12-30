--- v1 (2025-12-29)
+++ v2 (2025-12-30)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reec901d5c92b47ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb073ac009ccf478f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rfca334bf58a645bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rbfda4ec7afc74ab7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfca334bf58a645bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbfda4ec7afc74ab7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>