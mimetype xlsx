--- v2 (2025-12-30)
+++ v3 (2026-02-13)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb073ac009ccf478f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra67facdf45a54d72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rbfda4ec7afc74ab7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R14079bc176c546d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbfda4ec7afc74ab7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R14079bc176c546d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>