--- v3 (2026-02-13)
+++ v4 (2026-03-31)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra67facdf45a54d72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c126acf716142eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R14079bc176c546d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc30f59288bcf43c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R14079bc176c546d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc30f59288bcf43c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -5983,28 +5983,120 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O65" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P65" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q65" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R65" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="66">
+      <x:c r="A66" t="inlineStr">
+        <x:is>
+          <x:t>356092862</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B66" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C66" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D66" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E66" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F66" t="inlineStr">
+        <x:is>
+          <x:t>16.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G66" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H66" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I66" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J66" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K66" t="inlineStr">
+        <x:is>
+          <x:t>37</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L66" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M66" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N66" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O66" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P66" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q66" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R66" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>