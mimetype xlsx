--- v0 (2025-10-07)
+++ v1 (2025-12-06)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R963725cd36b14f40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R550fb2ec4a614808" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rab0a1208b75f4dce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rfd54df998ba445f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rab0a1208b75f4dce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfd54df998ba445f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -7271,28 +7271,120 @@
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O79" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P79" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q79" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R79" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="80">
+      <x:c r="A80" t="inlineStr">
+        <x:is>
+          <x:t>19292971</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B80" t="inlineStr">
+        <x:is>
+          <x:t>10/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C80" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D80" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E80" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F80" t="inlineStr">
+        <x:is>
+          <x:t>6.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G80" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H80" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I80" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J80" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K80" t="inlineStr">
+        <x:is>
+          <x:t>50</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L80" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M80" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N80" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O80" t="inlineStr">
+        <x:is>
+          <x:t>1672.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="P80" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q80" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R80" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>