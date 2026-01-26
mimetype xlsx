--- v1 (2025-12-06)
+++ v2 (2026-01-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R550fb2ec4a614808" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R398b33d6828e4185" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rfd54df998ba445f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R31a5d0b88d9840c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfd54df998ba445f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R31a5d0b88d9840c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>