--- v2 (2026-01-26)
+++ v3 (2026-03-17)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R398b33d6828e4185" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d522ee326084ada" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R31a5d0b88d9840c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rfc7e312856fb4927"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R31a5d0b88d9840c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfc7e312856fb4927" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>