--- v0 (2025-12-09)
+++ v1 (2026-01-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd531d4960ef4763" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re357c6c4dcaf4115" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R058181a3a965440c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra35ce097541643ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R058181a3a965440c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra35ce097541643ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -15808,51 +15808,51 @@
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K172" t="inlineStr">
         <x:is>
           <x:t>55</x:t>
         </x:is>
       </x:c>
       <x:c r="L172" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M172" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N172" t="inlineStr">
         <x:is>
           <x:t>HIGH</x:t>
         </x:is>
       </x:c>
       <x:c r="O172" t="inlineStr">
         <x:is>
-          <x:t>1672.87</x:t>
+          <x:t>N/A</x:t>
         </x:is>
       </x:c>
       <x:c r="P172" t="inlineStr">
         <x:is>
           <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q172" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R172" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="173">
       <x:c r="A173" t="inlineStr">
         <x:is>
           <x:t>35788199</x:t>
         </x:is>
       </x:c>
       <x:c r="B173" t="inlineStr">
@@ -15900,51 +15900,51 @@
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K173" t="inlineStr">
         <x:is>
           <x:t>56</x:t>
         </x:is>
       </x:c>
       <x:c r="L173" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M173" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N173" t="inlineStr">
         <x:is>
           <x:t>HIGH</x:t>
         </x:is>
       </x:c>
       <x:c r="O173" t="inlineStr">
         <x:is>
-          <x:t>1672.55</x:t>
+          <x:t>N/A</x:t>
         </x:is>
       </x:c>
       <x:c r="P173" t="inlineStr">
         <x:is>
           <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q173" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R173" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="174">
       <x:c r="A174" t="inlineStr">
         <x:is>
           <x:t>35788199</x:t>
         </x:is>
       </x:c>
       <x:c r="B174" t="inlineStr">
@@ -15992,51 +15992,51 @@
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K174" t="inlineStr">
         <x:is>
           <x:t>58</x:t>
         </x:is>
       </x:c>
       <x:c r="L174" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M174" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N174" t="inlineStr">
         <x:is>
           <x:t>HIGH</x:t>
         </x:is>
       </x:c>
       <x:c r="O174" t="inlineStr">
         <x:is>
-          <x:t>1672.64</x:t>
+          <x:t>N/A</x:t>
         </x:is>
       </x:c>
       <x:c r="P174" t="inlineStr">
         <x:is>
           <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q174" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R174" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="175">
       <x:c r="A175" t="inlineStr">
         <x:is>
           <x:t>35788199</x:t>
         </x:is>
       </x:c>
       <x:c r="B175" t="inlineStr">
@@ -16636,51 +16636,51 @@
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K181" t="inlineStr">
         <x:is>
           <x:t>53</x:t>
         </x:is>
       </x:c>
       <x:c r="L181" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M181" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N181" t="inlineStr">
         <x:is>
           <x:t>HIGH</x:t>
         </x:is>
       </x:c>
       <x:c r="O181" t="inlineStr">
         <x:is>
-          <x:t>1672.375</x:t>
+          <x:t>N/A</x:t>
         </x:is>
       </x:c>
       <x:c r="P181" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q181" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R181" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="182">
       <x:c r="A182" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B182" t="inlineStr">
@@ -16820,51 +16820,51 @@
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K183" t="inlineStr">
         <x:is>
           <x:t>54</x:t>
         </x:is>
       </x:c>
       <x:c r="L183" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M183" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N183" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O183" t="inlineStr">
         <x:is>
-          <x:t>1672.25</x:t>
+          <x:t>N/A</x:t>
         </x:is>
       </x:c>
       <x:c r="P183" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q183" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R183" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="184">
       <x:c r="A184" t="inlineStr">
         <x:is>
           <x:t>35788199</x:t>
         </x:is>
       </x:c>
       <x:c r="B184" t="inlineStr">