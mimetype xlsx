--- v1 (2026-01-26)
+++ v2 (2026-03-19)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re357c6c4dcaf4115" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fb69ad7d321489c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra35ce097541643ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rf557e3c377c04621"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra35ce097541643ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf557e3c377c04621" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>