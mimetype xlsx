--- v0 (2025-11-02)
+++ v1 (2025-12-24)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39ca2a3b497b4cef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccc05c0b5fe2454d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rf8e80a51d1a5461d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R9fdf687b98d348fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf8e80a51d1a5461d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9fdf687b98d348fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>