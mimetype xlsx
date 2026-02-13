--- v1 (2025-12-24)
+++ v2 (2026-02-13)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccc05c0b5fe2454d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa39ce1701164b4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R9fdf687b98d348fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R2f1fc43e0bb747bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9fdf687b98d348fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2f1fc43e0bb747bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -7799,328 +7799,328 @@
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J85" t="inlineStr">
         <x:is>
           <x:t>107</x:t>
         </x:is>
       </x:c>
       <x:c r="K85" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="L85" t="inlineStr">
         <x:is>
           <x:t>64</x:t>
         </x:is>
       </x:c>
       <x:c r="M85" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N85" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>LOW</x:t>
         </x:is>
       </x:c>
       <x:c r="O85" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P85" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q85" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R85" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="86">
       <x:c r="A86" t="inlineStr">
         <x:is>
           <x:t>314748435</x:t>
         </x:is>
       </x:c>
       <x:c r="B86" t="inlineStr">
         <x:is>
           <x:t>07/16/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C86" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D86" t="inlineStr">
         <x:is>
           <x:t>16</x:t>
         </x:is>
       </x:c>
       <x:c r="E86" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F86" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="G86" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H86" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>0.3</x:t>
         </x:is>
       </x:c>
       <x:c r="I86" t="inlineStr">
         <x:is>
           <x:t>143</x:t>
         </x:is>
       </x:c>
       <x:c r="J86" t="inlineStr">
         <x:is>
           <x:t>394</x:t>
         </x:is>
       </x:c>
       <x:c r="K86" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>77</x:t>
         </x:is>
       </x:c>
       <x:c r="L86" t="inlineStr">
         <x:is>
           <x:t>74</x:t>
         </x:is>
       </x:c>
       <x:c r="M86" t="inlineStr">
         <x:is>
           <x:t>72</x:t>
         </x:is>
       </x:c>
       <x:c r="N86" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O86" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P86" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q86" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R86" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="87">
       <x:c r="A87" t="inlineStr">
         <x:is>
           <x:t>314748435</x:t>
         </x:is>
       </x:c>
       <x:c r="B87" t="inlineStr">
         <x:is>
           <x:t>08/27/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C87" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="D87" t="inlineStr">
         <x:is>
           <x:t>27</x:t>
         </x:is>
       </x:c>
       <x:c r="E87" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F87" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1.9</x:t>
         </x:is>
       </x:c>
       <x:c r="G87" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H87" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>0.6</x:t>
         </x:is>
       </x:c>
       <x:c r="I87" t="inlineStr">
         <x:is>
           <x:t>49</x:t>
         </x:is>
       </x:c>
       <x:c r="J87" t="inlineStr">
         <x:is>
           <x:t>275</x:t>
         </x:is>
       </x:c>
       <x:c r="K87" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>68</x:t>
         </x:is>
       </x:c>
       <x:c r="L87" t="inlineStr">
         <x:is>
           <x:t>72</x:t>
         </x:is>
       </x:c>
       <x:c r="M87" t="inlineStr">
         <x:is>
           <x:t>64</x:t>
         </x:is>
       </x:c>
       <x:c r="N87" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>HIGH</x:t>
         </x:is>
       </x:c>
       <x:c r="O87" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P87" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q87" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R87" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>4-Would not swim but boating OK (algae)</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="88">
       <x:c r="A88" t="inlineStr">
         <x:is>
           <x:t>314748435</x:t>
         </x:is>
       </x:c>
       <x:c r="B88" t="inlineStr">
         <x:is>
           <x:t>09/09/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C88" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
       <x:c r="D88" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
       <x:c r="E88" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F88" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>4.6</x:t>
         </x:is>
       </x:c>
       <x:c r="G88" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H88" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1.4</x:t>
         </x:is>
       </x:c>
       <x:c r="I88" t="inlineStr">
         <x:is>
           <x:t>6</x:t>
         </x:is>
       </x:c>
       <x:c r="J88" t="inlineStr">
         <x:is>
           <x:t>181</x:t>
         </x:is>
       </x:c>
       <x:c r="K88" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>55</x:t>
         </x:is>
       </x:c>
       <x:c r="L88" t="inlineStr">
         <x:is>
           <x:t>68</x:t>
         </x:is>
       </x:c>
       <x:c r="M88" t="inlineStr">
         <x:is>
           <x:t>48</x:t>
         </x:is>
       </x:c>
       <x:c r="N88" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O88" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P88" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q88" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R88" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>