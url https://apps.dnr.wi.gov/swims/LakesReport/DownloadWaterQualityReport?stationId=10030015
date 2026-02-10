--- v0 (2025-12-04)
+++ v1 (2026-02-10)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9abbf26229254385" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc3c2a01f9d94d39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R4c583ec2e6da47ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R6dd7164f0d314289"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4c583ec2e6da47ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6dd7164f0d314289" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>