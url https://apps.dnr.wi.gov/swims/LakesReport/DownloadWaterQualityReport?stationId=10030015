--- v1 (2026-02-10)
+++ v2 (2026-03-28)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc3c2a01f9d94d39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7afe3603d14e48de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R6dd7164f0d314289"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R1098f86309604f44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6dd7164f0d314289" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1098f86309604f44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -1383,28 +1383,120 @@
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O15" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P15" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q15" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R15" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="16">
+      <x:c r="A16" t="inlineStr">
+        <x:is>
+          <x:t>365147478</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B16" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C16" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D16" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E16" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F16" t="inlineStr">
+        <x:is>
+          <x:t>3.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G16" t="inlineStr">
+        <x:is>
+          <x:t>N</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H16" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I16" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J16" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K16" t="inlineStr">
+        <x:is>
+          <x:t>60</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L16" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M16" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N16" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O16" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P16" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q16" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R16" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>