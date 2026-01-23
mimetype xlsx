--- v0 (2025-10-03)
+++ v1 (2026-01-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d30a0d86d4a400b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6503f11d3f34ee8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R403a6fae75a14b47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R2c962bd1c37c444d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R403a6fae75a14b47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2c962bd1c37c444d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -5707,28 +5707,488 @@
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O62" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P62" t="inlineStr">
         <x:is>
           <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q62" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R62" t="inlineStr">
         <x:is>
           <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="63">
+      <x:c r="A63" t="inlineStr">
+        <x:is>
+          <x:t>45838122</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B63" t="inlineStr">
+        <x:is>
+          <x:t>07/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C63" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D63" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E63" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F63" t="inlineStr">
+        <x:is>
+          <x:t>2.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G63" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H63" t="inlineStr">
+        <x:is>
+          <x:t>0.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I63" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J63" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K63" t="inlineStr">
+        <x:is>
+          <x:t>64</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L63" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M63" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N63" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O63" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P63" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q63" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R63" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="64">
+      <x:c r="A64" t="inlineStr">
+        <x:is>
+          <x:t>45838122</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B64" t="inlineStr">
+        <x:is>
+          <x:t>07/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C64" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D64" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E64" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F64" t="inlineStr">
+        <x:is>
+          <x:t>1.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G64" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H64" t="inlineStr">
+        <x:is>
+          <x:t>0.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I64" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J64" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K64" t="inlineStr">
+        <x:is>
+          <x:t>69</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L64" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M64" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N64" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O64" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P64" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q64" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R64" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="65">
+      <x:c r="A65" t="inlineStr">
+        <x:is>
+          <x:t>45838122</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B65" t="inlineStr">
+        <x:is>
+          <x:t>08/06/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C65" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D65" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E65" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F65" t="inlineStr">
+        <x:is>
+          <x:t>1.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G65" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H65" t="inlineStr">
+        <x:is>
+          <x:t>0.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I65" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J65" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K65" t="inlineStr">
+        <x:is>
+          <x:t>69</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L65" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M65" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N65" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O65" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P65" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q65" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R65" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="66">
+      <x:c r="A66" t="inlineStr">
+        <x:is>
+          <x:t>45838122</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B66" t="inlineStr">
+        <x:is>
+          <x:t>08/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C66" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D66" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E66" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F66" t="inlineStr">
+        <x:is>
+          <x:t>1.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G66" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H66" t="inlineStr">
+        <x:is>
+          <x:t>0.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I66" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J66" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K66" t="inlineStr">
+        <x:is>
+          <x:t>69</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L66" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M66" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N66" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O66" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P66" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q66" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R66" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="67">
+      <x:c r="A67" t="inlineStr">
+        <x:is>
+          <x:t>45838122</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B67" t="inlineStr">
+        <x:is>
+          <x:t>09/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C67" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D67" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E67" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F67" t="inlineStr">
+        <x:is>
+          <x:t>2.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G67" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H67" t="inlineStr">
+        <x:is>
+          <x:t>0.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I67" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J67" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K67" t="inlineStr">
+        <x:is>
+          <x:t>63</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L67" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M67" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N67" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O67" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P67" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q67" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R67" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>