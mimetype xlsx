--- v1 (2026-01-23)
+++ v2 (2026-03-12)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6503f11d3f34ee8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re05e03edbebb47f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R2c962bd1c37c444d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R028e3d9b72b548ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2c962bd1c37c444d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R028e3d9b72b548ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>