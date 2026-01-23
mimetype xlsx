--- v0 (2025-10-03)
+++ v1 (2026-01-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bd3b6c0a21d4a96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R753836aa90e64c6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R4f93b06227e247e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R5b66b042ed094bf2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4f93b06227e247e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5b66b042ed094bf2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -3131,28 +3131,764 @@
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O34" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P34" t="inlineStr">
         <x:is>
           <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q34" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R34" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="35">
+      <x:c r="A35" t="inlineStr">
+        <x:is>
+          <x:t>358727395</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B35" t="inlineStr">
+        <x:is>
+          <x:t>05/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C35" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D35" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E35" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F35" t="inlineStr">
+        <x:is>
+          <x:t>7.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G35" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H35" t="inlineStr">
+        <x:is>
+          <x:t>2.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I35" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J35" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K35" t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L35" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M35" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N35" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O35" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P35" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q35" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R35" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="36">
+      <x:c r="A36" t="inlineStr">
+        <x:is>
+          <x:t>358727395</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B36" t="inlineStr">
+        <x:is>
+          <x:t>06/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C36" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D36" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E36" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F36" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G36" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H36" t="inlineStr">
+        <x:is>
+          <x:t>1.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I36" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J36" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K36" t="inlineStr">
+        <x:is>
+          <x:t>54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L36" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M36" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N36" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O36" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P36" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q36" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R36" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="37">
+      <x:c r="A37" t="inlineStr">
+        <x:is>
+          <x:t>358727395</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B37" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C37" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D37" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E37" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F37" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G37" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H37" t="inlineStr">
+        <x:is>
+          <x:t>0.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I37" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J37" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K37" t="inlineStr">
+        <x:is>
+          <x:t>61</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L37" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M37" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N37" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O37" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P37" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q37" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R37" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="38">
+      <x:c r="A38" t="inlineStr">
+        <x:is>
+          <x:t>358727395</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B38" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C38" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D38" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E38" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F38" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G38" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H38" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I38" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J38" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K38" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L38" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M38" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N38" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O38" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P38" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q38" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R38" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="39">
+      <x:c r="A39" t="inlineStr">
+        <x:is>
+          <x:t>358727395</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B39" t="inlineStr">
+        <x:is>
+          <x:t>07/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C39" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D39" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E39" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F39" t="inlineStr">
+        <x:is>
+          <x:t>1.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G39" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H39" t="inlineStr">
+        <x:is>
+          <x:t>0.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I39" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J39" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K39" t="inlineStr">
+        <x:is>
+          <x:t>71</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L39" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M39" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N39" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O39" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P39" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q39" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R39" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="40">
+      <x:c r="A40" t="inlineStr">
+        <x:is>
+          <x:t>358727395</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B40" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C40" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D40" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E40" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F40" t="inlineStr">
+        <x:is>
+          <x:t>1.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G40" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H40" t="inlineStr">
+        <x:is>
+          <x:t>0.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I40" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J40" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K40" t="inlineStr">
+        <x:is>
+          <x:t>69</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L40" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M40" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N40" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O40" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P40" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q40" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R40" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="41">
+      <x:c r="A41" t="inlineStr">
+        <x:is>
+          <x:t>358727395</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B41" t="inlineStr">
+        <x:is>
+          <x:t>09/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C41" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D41" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E41" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F41" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G41" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H41" t="inlineStr">
+        <x:is>
+          <x:t>0.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I41" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J41" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K41" t="inlineStr">
+        <x:is>
+          <x:t>67</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L41" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M41" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N41" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O41" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P41" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q41" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R41" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="42">
+      <x:c r="A42" t="inlineStr">
+        <x:is>
+          <x:t>358727395</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B42" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C42" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D42" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E42" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F42" t="inlineStr">
+        <x:is>
+          <x:t>3.25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G42" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H42" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I42" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J42" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K42" t="inlineStr">
+        <x:is>
+          <x:t>60</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L42" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M42" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N42" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O42" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P42" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q42" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R42" t="inlineStr">
+        <x:is>
+          <x:t>4-Would not swim but boating OK (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>