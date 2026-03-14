--- v1 (2026-01-23)
+++ v2 (2026-03-14)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R753836aa90e64c6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra64a1bb0f77648d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R5b66b042ed094bf2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R93a62e61008b4479"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5b66b042ed094bf2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R93a62e61008b4479" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>