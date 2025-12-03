--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc76bd2d14be441a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e2f7038604640f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rae417bb5144e4f13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R181da860cff34eb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rae417bb5144e4f13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R181da860cff34eb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -6078,301 +6078,853 @@
       </x:c>
       <x:c r="O66" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P66" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q66" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R66" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="67">
       <x:c r="A67" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>114081025</x:t>
         </x:is>
       </x:c>
       <x:c r="B67" t="inlineStr">
         <x:is>
-          <x:t>06/17/2025</x:t>
+          <x:t>05/27/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C67" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="D67" t="inlineStr">
         <x:is>
-          <x:t>17</x:t>
+          <x:t>27</x:t>
         </x:is>
       </x:c>
       <x:c r="E67" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F67" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>4.25</x:t>
         </x:is>
       </x:c>
       <x:c r="G67" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H67" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1.3</x:t>
         </x:is>
       </x:c>
       <x:c r="I67" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J67" t="inlineStr">
         <x:is>
-          <x:t>197</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="K67" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>56</x:t>
         </x:is>
       </x:c>
       <x:c r="L67" t="inlineStr">
         <x:is>
-          <x:t>69</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M67" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N67" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O67" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P67" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q67" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>YELLOW</x:t>
         </x:is>
       </x:c>
       <x:c r="R67" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="68">
       <x:c r="A68" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B68" t="inlineStr">
         <x:is>
-          <x:t>07/13/2025</x:t>
+          <x:t>06/17/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C68" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D68" t="inlineStr">
         <x:is>
-          <x:t>13</x:t>
+          <x:t>17</x:t>
         </x:is>
       </x:c>
       <x:c r="E68" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F68" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G68" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="H68" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I68" t="inlineStr">
         <x:is>
-          <x:t>106</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J68" t="inlineStr">
         <x:is>
-          <x:t>142</x:t>
+          <x:t>197</x:t>
         </x:is>
       </x:c>
       <x:c r="K68" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="L68" t="inlineStr">
         <x:is>
-          <x:t>67</x:t>
+          <x:t>69</x:t>
         </x:is>
       </x:c>
       <x:c r="M68" t="inlineStr">
         <x:is>
-          <x:t>70</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N68" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O68" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P68" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q68" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R68" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="69">
       <x:c r="A69" t="inlineStr">
         <x:is>
+          <x:t>114081025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B69" t="inlineStr">
+        <x:is>
+          <x:t>06/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C69" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D69" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E69" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F69" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G69" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H69" t="inlineStr">
+        <x:is>
+          <x:t>1.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I69" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J69" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K69" t="inlineStr">
+        <x:is>
+          <x:t>57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L69" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M69" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N69" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O69" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P69" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q69" t="inlineStr">
+        <x:is>
+          <x:t>YELLOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R69" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="70">
+      <x:c r="A70" t="inlineStr">
+        <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="B69" t="inlineStr">
+      <x:c r="B70" t="inlineStr">
+        <x:is>
+          <x:t>07/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C70" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D70" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E70" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F70" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G70" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H70" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I70" t="inlineStr">
+        <x:is>
+          <x:t>106</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J70" t="inlineStr">
+        <x:is>
+          <x:t>142</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K70" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L70" t="inlineStr">
+        <x:is>
+          <x:t>67</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M70" t="inlineStr">
+        <x:is>
+          <x:t>70</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N70" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O70" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P70" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q70" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R70" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="71">
+      <x:c r="A71" t="inlineStr">
+        <x:is>
+          <x:t>114081025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B71" t="inlineStr">
+        <x:is>
+          <x:t>07/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C71" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D71" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E71" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F71" t="inlineStr">
+        <x:is>
+          <x:t>1.25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G71" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H71" t="inlineStr">
+        <x:is>
+          <x:t>0.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I71" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J71" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K71" t="inlineStr">
+        <x:is>
+          <x:t>74</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L71" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M71" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N71" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O71" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P71" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q71" t="inlineStr">
+        <x:is>
+          <x:t>YELLOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R71" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="72">
+      <x:c r="A72" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B72" t="inlineStr">
         <x:is>
           <x:t>08/25/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C69" t="inlineStr">
+      <x:c r="C72" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D69" t="inlineStr">
+      <x:c r="D72" t="inlineStr">
         <x:is>
           <x:t>25</x:t>
         </x:is>
       </x:c>
-      <x:c r="E69" t="inlineStr">
+      <x:c r="E72" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F69" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I69" t="inlineStr">
+      <x:c r="F72" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G72" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H72" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I72" t="inlineStr">
         <x:is>
           <x:t>218</x:t>
         </x:is>
       </x:c>
-      <x:c r="J69" t="inlineStr">
+      <x:c r="J72" t="inlineStr">
         <x:is>
           <x:t>248</x:t>
         </x:is>
       </x:c>
-      <x:c r="K69" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="L69" t="inlineStr">
+      <x:c r="K72" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L72" t="inlineStr">
         <x:is>
           <x:t>71</x:t>
         </x:is>
       </x:c>
-      <x:c r="M69" t="inlineStr">
+      <x:c r="M72" t="inlineStr">
         <x:is>
           <x:t>76</x:t>
         </x:is>
       </x:c>
-      <x:c r="N69" t="inlineStr">
-[...21 lines deleted...]
-          <x:t/>
+      <x:c r="N72" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O72" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P72" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q72" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R72" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="73">
+      <x:c r="A73" t="inlineStr">
+        <x:is>
+          <x:t>114081025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B73" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C73" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D73" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E73" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F73" t="inlineStr">
+        <x:is>
+          <x:t>0.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G73" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H73" t="inlineStr">
+        <x:is>
+          <x:t>0.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I73" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J73" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K73" t="inlineStr">
+        <x:is>
+          <x:t>81</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L73" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M73" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N73" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O73" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P73" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q73" t="inlineStr">
+        <x:is>
+          <x:t>YELLOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R73" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="74">
+      <x:c r="A74" t="inlineStr">
+        <x:is>
+          <x:t>114081025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B74" t="inlineStr">
+        <x:is>
+          <x:t>09/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C74" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D74" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E74" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F74" t="inlineStr">
+        <x:is>
+          <x:t>1.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G74" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H74" t="inlineStr">
+        <x:is>
+          <x:t>0.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I74" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J74" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K74" t="inlineStr">
+        <x:is>
+          <x:t>69</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L74" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M74" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N74" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O74" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P74" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q74" t="inlineStr">
+        <x:is>
+          <x:t>YELLOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R74" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="75">
+      <x:c r="A75" t="inlineStr">
+        <x:is>
+          <x:t>114081025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B75" t="inlineStr">
+        <x:is>
+          <x:t>10/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C75" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D75" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E75" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F75" t="inlineStr">
+        <x:is>
+          <x:t>1.25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G75" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H75" t="inlineStr">
+        <x:is>
+          <x:t>0.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I75" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J75" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K75" t="inlineStr">
+        <x:is>
+          <x:t>74</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L75" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M75" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N75" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O75" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P75" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q75" t="inlineStr">
+        <x:is>
+          <x:t>YELLOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R75" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>