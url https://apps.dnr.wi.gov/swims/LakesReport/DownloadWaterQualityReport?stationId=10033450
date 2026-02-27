--- v1 (2025-12-03)
+++ v2 (2026-02-27)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e2f7038604640f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7458d9825d84a38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R181da860cff34eb1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R7fac79a76aed43fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R181da860cff34eb1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7fac79a76aed43fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>