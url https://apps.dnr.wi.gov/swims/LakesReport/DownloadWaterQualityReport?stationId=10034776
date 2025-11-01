--- v0 (2025-10-31)
+++ v1 (2025-11-01)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10e936a39f3c48d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re33cf5559807446d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0a9112c67fc24586"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R78f0a52f5a0045a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0a9112c67fc24586" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R78f0a52f5a0045a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>