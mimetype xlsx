--- v1 (2025-11-01)
+++ v2 (2025-12-25)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re33cf5559807446d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15b63fa352dd443b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R78f0a52f5a0045a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R6f189295d17448e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R78f0a52f5a0045a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6f189295d17448e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -44163,28 +44163,120 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O480" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P480" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q480" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R480" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="481">
+      <x:c r="A481" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B481" t="inlineStr">
+        <x:is>
+          <x:t>11/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C481" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D481" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E481" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F481" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G481" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H481" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I481" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J481" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K481" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L481" t="inlineStr">
+        <x:is>
+          <x:t>59</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M481" t="inlineStr">
+        <x:is>
+          <x:t>57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N481" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O481" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P481" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q481" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R481" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>