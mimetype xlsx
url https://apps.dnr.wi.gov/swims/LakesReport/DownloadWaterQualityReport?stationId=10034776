--- v2 (2025-12-25)
+++ v3 (2026-02-10)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15b63fa352dd443b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6955648d7504abb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R6f189295d17448e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra0efac45d5344075"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6f189295d17448e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra0efac45d5344075" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>