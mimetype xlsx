--- v3 (2026-02-10)
+++ v4 (2026-03-28)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6955648d7504abb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaef5d1e3f194897" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra0efac45d5344075"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R387e6411f6bb466f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra0efac45d5344075" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R387e6411f6bb466f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>