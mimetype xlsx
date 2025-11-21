--- v0 (2025-10-07)
+++ v1 (2025-11-21)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a57a32feeed4c8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3885dd7f99e48a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0ae67b615fa34bda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R524aef7d84bc4736"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0ae67b615fa34bda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R524aef7d84bc4736" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -11043,28 +11043,212 @@
         <x:is>
           <x:t>LOW</x:t>
         </x:is>
       </x:c>
       <x:c r="O120" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P120" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q120" t="inlineStr">
         <x:is>
           <x:t>YELLOW</x:t>
         </x:is>
       </x:c>
       <x:c r="R120" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="121">
+      <x:c r="A121" t="inlineStr">
+        <x:is>
+          <x:t>67652816</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B121" t="inlineStr">
+        <x:is>
+          <x:t>09/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C121" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D121" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E121" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F121" t="inlineStr">
+        <x:is>
+          <x:t>11.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G121" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H121" t="inlineStr">
+        <x:is>
+          <x:t>3.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I121" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J121" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K121" t="inlineStr">
+        <x:is>
+          <x:t>42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L121" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M121" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N121" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O121" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P121" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q121" t="inlineStr">
+        <x:is>
+          <x:t>YELLOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R121" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="122">
+      <x:c r="A122" t="inlineStr">
+        <x:is>
+          <x:t>67652816</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B122" t="inlineStr">
+        <x:is>
+          <x:t>10/15/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C122" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D122" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E122" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F122" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G122" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H122" t="inlineStr">
+        <x:is>
+          <x:t>3.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I122" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J122" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K122" t="inlineStr">
+        <x:is>
+          <x:t>41</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L122" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M122" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N122" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O122" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P122" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q122" t="inlineStr">
+        <x:is>
+          <x:t>YELLOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R122" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>