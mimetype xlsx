--- v1 (2025-11-21)
+++ v2 (2026-01-09)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3885dd7f99e48a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7fa6e6a1e1c4780" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R524aef7d84bc4736"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra4c710e24e144a0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R524aef7d84bc4736" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra4c710e24e144a0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>