--- v2 (2026-01-09)
+++ v3 (2026-02-24)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7fa6e6a1e1c4780" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bc0e82d59024470" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra4c710e24e144a0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rd4eebfb45981409a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra4c710e24e144a0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd4eebfb45981409a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>