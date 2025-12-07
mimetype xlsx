--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1497a276fba24888" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff9fde273b574b3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R5fbea113064f4033"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R917e2fe6e17b4917"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5fbea113064f4033" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R917e2fe6e17b4917" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -1324,96 +1324,96 @@
           <x:t>07/30/2015</x:t>
         </x:is>
       </x:c>
       <x:c r="C15" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D15" t="inlineStr">
         <x:is>
           <x:t>30</x:t>
         </x:is>
       </x:c>
       <x:c r="E15" t="inlineStr">
         <x:is>
           <x:t>2015</x:t>
         </x:is>
       </x:c>
       <x:c r="F15" t="inlineStr">
         <x:is>
           <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="G15" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H15" t="inlineStr">
         <x:is>
           <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="I15" t="inlineStr">
         <x:is>
           <x:t>2</x:t>
         </x:is>
       </x:c>
       <x:c r="J15" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K15" t="inlineStr">
         <x:is>
           <x:t>44</x:t>
         </x:is>
       </x:c>
       <x:c r="L15" t="inlineStr">
         <x:is>
           <x:t>53</x:t>
         </x:is>
       </x:c>
       <x:c r="M15" t="inlineStr">
         <x:is>
           <x:t>39</x:t>
         </x:is>
       </x:c>
       <x:c r="N15" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O15" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P15" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q15" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R15" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="inlineStr">
         <x:is>
           <x:t>18137035</x:t>
         </x:is>
       </x:c>
       <x:c r="B16" t="inlineStr">
         <x:is>
           <x:t>07/01/2016</x:t>
         </x:is>
       </x:c>
       <x:c r="C16" t="inlineStr">