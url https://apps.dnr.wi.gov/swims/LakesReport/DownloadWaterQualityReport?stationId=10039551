--- v1 (2025-12-07)
+++ v2 (2026-01-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff9fde273b574b3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb4440363bfa4658" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R917e2fe6e17b4917"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R7f0af6503fe64bbb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R917e2fe6e17b4917" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7f0af6503fe64bbb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>