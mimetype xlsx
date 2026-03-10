--- v2 (2026-01-23)
+++ v3 (2026-03-10)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb4440363bfa4658" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde128f605e294aff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R7f0af6503fe64bbb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc9a6dc2418634b09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7f0af6503fe64bbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc9a6dc2418634b09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>