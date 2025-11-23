--- v0 (2025-10-01)
+++ v1 (2025-11-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd66f68a987084a21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26485420f8ed4c13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rf6ccdedff0124cab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R29dfdb726c244936"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf6ccdedff0124cab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R29dfdb726c244936" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -9295,28 +9295,304 @@
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O101" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P101" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q101" t="inlineStr">
         <x:is>
           <x:t>YELLOW</x:t>
         </x:is>
       </x:c>
       <x:c r="R101" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="102">
+      <x:c r="A102" t="inlineStr">
+        <x:is>
+          <x:t>65944318</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B102" t="inlineStr">
+        <x:is>
+          <x:t>06/06/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C102" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D102" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E102" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F102" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G102" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H102" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I102" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J102" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K102" t="inlineStr">
+        <x:is>
+          <x:t>40</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L102" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M102" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N102" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O102" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P102" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q102" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R102" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="103">
+      <x:c r="A103" t="inlineStr">
+        <x:is>
+          <x:t>65944318</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B103" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C103" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D103" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E103" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F103" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G103" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H103" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I103" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J103" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K103" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L103" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M103" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N103" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O103" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P103" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q103" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R103" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="104">
+      <x:c r="A104" t="inlineStr">
+        <x:is>
+          <x:t>65944318</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B104" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C104" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D104" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E104" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F104" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G104" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H104" t="inlineStr">
+        <x:is>
+          <x:t>2.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I104" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J104" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K104" t="inlineStr">
+        <x:is>
+          <x:t>47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L104" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M104" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N104" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O104" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P104" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q104" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R104" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>