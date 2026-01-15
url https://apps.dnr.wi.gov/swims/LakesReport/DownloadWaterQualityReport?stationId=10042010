--- v1 (2025-11-23)
+++ v2 (2026-01-15)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26485420f8ed4c13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fc1ca7eb88c45da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R29dfdb726c244936"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R07d639921b8c4767"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R29dfdb726c244936" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R07d639921b8c4767" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>