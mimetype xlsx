--- v2 (2026-01-15)
+++ v3 (2026-03-03)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fc1ca7eb88c45da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a6b6e2b174144d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R07d639921b8c4767"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rb3ecaa10620b4acd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R07d639921b8c4767" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb3ecaa10620b4acd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>