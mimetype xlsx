--- v0 (2025-10-30)
+++ v1 (2025-12-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dc55e3520e54d54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa04af3d59294dc0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rbe4ae1f057fc475a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rfa7129f7a5234d4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbe4ae1f057fc475a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfa7129f7a5234d4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>