--- v1 (2025-12-26)
+++ v2 (2025-12-26)
@@ -1,214 +1,214 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa04af3d59294dc0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21983fc2b2834a78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rfa7129f7a5234d4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rbec683e7a4ae4c97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfa7129f7a5234d4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbec683e7a4ae4c97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
+          <x:t>Color</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1" t="inlineStr">
+        <x:is>
+          <x:t>Perception</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1" t="inlineStr">
+        <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
-      <x:c r="B1" t="inlineStr">
+      <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
-      <x:c r="C1" t="inlineStr">
+      <x:c r="E1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
-      <x:c r="D1" t="inlineStr">
+      <x:c r="F1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
-      <x:c r="E1" t="inlineStr">
+      <x:c r="G1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
       </x:c>
-      <x:c r="F1" t="inlineStr">
+      <x:c r="H1" t="inlineStr">
         <x:is>
           <x:t>Secchi</x:t>
         </x:is>
       </x:c>
-      <x:c r="G1" t="inlineStr">
+      <x:c r="I1" t="inlineStr">
         <x:is>
           <x:t>Secchi Hit Bottom</x:t>
         </x:is>
       </x:c>
-      <x:c r="H1" t="inlineStr">
+      <x:c r="J1" t="inlineStr">
         <x:is>
           <x:t>Secchi Meters</x:t>
         </x:is>
       </x:c>
-      <x:c r="I1" t="inlineStr">
+      <x:c r="K1" t="inlineStr">
         <x:is>
           <x:t>Chl</x:t>
         </x:is>
       </x:c>
-      <x:c r="J1" t="inlineStr">
+      <x:c r="L1" t="inlineStr">
         <x:is>
           <x:t>Tp</x:t>
         </x:is>
       </x:c>
-      <x:c r="K1" t="inlineStr">
+      <x:c r="M1" t="inlineStr">
         <x:is>
           <x:t>Tsi Sd</x:t>
         </x:is>
       </x:c>
-      <x:c r="L1" t="inlineStr">
+      <x:c r="N1" t="inlineStr">
         <x:is>
           <x:t>Tsi Tp</x:t>
         </x:is>
       </x:c>
-      <x:c r="M1" t="inlineStr">
+      <x:c r="O1" t="inlineStr">
         <x:is>
           <x:t>Tsi Chl</x:t>
         </x:is>
       </x:c>
-      <x:c r="N1" t="inlineStr">
+      <x:c r="P1" t="inlineStr">
         <x:is>
           <x:t>Lake Level</x:t>
         </x:is>
       </x:c>
-      <x:c r="O1" t="inlineStr">
+      <x:c r="Q1" t="inlineStr">
         <x:is>
           <x:t>Staff Gauge</x:t>
         </x:is>
       </x:c>
-      <x:c r="P1" t="inlineStr">
+      <x:c r="R1" t="inlineStr">
         <x:is>
           <x:t>Appearance</x:t>
-        </x:is>
-[...8 lines deleted...]
-          <x:t>Perception</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="B2" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="C2" t="inlineStr">
+        <x:is>
           <x:t>67199520</x:t>
         </x:is>
       </x:c>
-      <x:c r="B2" t="inlineStr">
+      <x:c r="D2" t="inlineStr">
         <x:is>
           <x:t>09/08/2015</x:t>
         </x:is>
       </x:c>
-      <x:c r="C2" t="inlineStr">
+      <x:c r="E2" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="D2" t="inlineStr">
+      <x:c r="F2" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="E2" t="inlineStr">
+      <x:c r="G2" t="inlineStr">
         <x:is>
           <x:t>2015</x:t>
         </x:is>
       </x:c>
-      <x:c r="F2" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
       <x:c r="H2" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I2" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J2" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K2" t="inlineStr">
+        <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="J2" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
       <x:c r="L2" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M2" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N2" t="inlineStr">
+        <x:is>
           <x:t>48</x:t>
         </x:is>
       </x:c>
-      <x:c r="M2" t="inlineStr">
+      <x:c r="O2" t="inlineStr">
         <x:is>
           <x:t>34</x:t>
-        </x:is>
-[...8 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
       <x:c r="P2" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q2" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R2" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>