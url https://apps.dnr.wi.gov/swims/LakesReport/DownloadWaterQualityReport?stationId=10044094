--- v2 (2025-12-26)
+++ v3 (2026-02-23)
@@ -1,214 +1,214 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21983fc2b2834a78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf15bc5050e1940b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rbec683e7a4ae4c97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0764d49a06ce4b41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbec683e7a4ae4c97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0764d49a06ce4b41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
+          <x:t>Group Seq No</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1" t="inlineStr">
+        <x:is>
+          <x:t>Startdate</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1" t="inlineStr">
+        <x:is>
+          <x:t>Startmonth</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1" t="inlineStr">
+        <x:is>
+          <x:t>Startday</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1" t="inlineStr">
+        <x:is>
+          <x:t>Startyear</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1" t="inlineStr">
+        <x:is>
+          <x:t>Secchi</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G1" t="inlineStr">
+        <x:is>
+          <x:t>Secchi Hit Bottom</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1" t="inlineStr">
+        <x:is>
+          <x:t>Secchi Meters</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I1" t="inlineStr">
+        <x:is>
+          <x:t>Chl</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J1" t="inlineStr">
+        <x:is>
+          <x:t>Tp</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K1" t="inlineStr">
+        <x:is>
+          <x:t>Tsi Sd</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L1" t="inlineStr">
+        <x:is>
+          <x:t>Tsi Tp</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M1" t="inlineStr">
+        <x:is>
+          <x:t>Tsi Chl</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N1" t="inlineStr">
+        <x:is>
+          <x:t>Lake Level</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O1" t="inlineStr">
+        <x:is>
+          <x:t>Staff Gauge</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="P1" t="inlineStr">
+        <x:is>
+          <x:t>Appearance</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q1" t="inlineStr">
+        <x:is>
           <x:t>Color</x:t>
         </x:is>
       </x:c>
-      <x:c r="B1" t="inlineStr">
+      <x:c r="R1" t="inlineStr">
         <x:is>
           <x:t>Perception</x:t>
-        </x:is>
-[...78 lines deleted...]
-          <x:t>Appearance</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>67199520</x:t>
         </x:is>
       </x:c>
       <x:c r="B2" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>09/08/2015</x:t>
         </x:is>
       </x:c>
       <x:c r="C2" t="inlineStr">
         <x:is>
-          <x:t>67199520</x:t>
+          <x:t>09</x:t>
         </x:is>
       </x:c>
       <x:c r="D2" t="inlineStr">
         <x:is>
-          <x:t>09/08/2015</x:t>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="E2" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>2015</x:t>
         </x:is>
       </x:c>
       <x:c r="F2" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G2" t="inlineStr">
         <x:is>
-          <x:t>2015</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="H2" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I2" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="J2" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K2" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="L2" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>48</x:t>
         </x:is>
       </x:c>
       <x:c r="M2" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>34</x:t>
         </x:is>
       </x:c>
       <x:c r="N2" t="inlineStr">
         <x:is>
-          <x:t>48</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="O2" t="inlineStr">
         <x:is>
-          <x:t>34</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="P2" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q2" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R2" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>