--- v0 (2025-10-01)
+++ v1 (2025-11-20)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bdc3bac86e24e7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra73a139dd880452e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rab3c3c79fbdd4830"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rd2c4d1a5352040df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rab3c3c79fbdd4830" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd2c4d1a5352040df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>