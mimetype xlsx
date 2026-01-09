--- v1 (2025-11-20)
+++ v2 (2026-01-09)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra73a139dd880452e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ef726b6f8a64625" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rd2c4d1a5352040df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R957ab539ef774486"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd2c4d1a5352040df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R957ab539ef774486" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -834,209 +834,393 @@
       </x:c>
       <x:c r="O9" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P9" t="inlineStr">
         <x:is>
           <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q9" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R9" t="inlineStr">
         <x:is>
           <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="inlineStr">
         <x:is>
-          <x:t>319701843</x:t>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B10" t="inlineStr">
         <x:is>
           <x:t>07/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C10" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D10" t="inlineStr">
         <x:is>
           <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="E10" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F10" t="inlineStr">
         <x:is>
-          <x:t>2</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G10" t="inlineStr">
         <x:is>
-          <x:t>NO</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="H10" t="inlineStr">
         <x:is>
-          <x:t>0.6</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I10" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>63</x:t>
         </x:is>
       </x:c>
       <x:c r="J10" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>79</x:t>
         </x:is>
       </x:c>
       <x:c r="K10" t="inlineStr">
         <x:is>
-          <x:t>67</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="L10" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>62</x:t>
         </x:is>
       </x:c>
       <x:c r="M10" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>66</x:t>
         </x:is>
       </x:c>
       <x:c r="N10" t="inlineStr">
         <x:is>
-          <x:t>NORMAL</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="O10" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P10" t="inlineStr">
         <x:is>
-          <x:t>MURKY</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q10" t="inlineStr">
         <x:is>
-          <x:t>BROWN</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="R10" t="inlineStr">
         <x:is>
-          <x:t>4-Would not swim but boating OK (algae)</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="inlineStr">
         <x:is>
           <x:t>319701843</x:t>
         </x:is>
       </x:c>
       <x:c r="B11" t="inlineStr">
         <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C11" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D11" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E11" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F11" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G11" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H11" t="inlineStr">
+        <x:is>
+          <x:t>0.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K11" t="inlineStr">
+        <x:is>
+          <x:t>67</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N11" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P11" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q11" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R11" t="inlineStr">
+        <x:is>
+          <x:t>4-Would not swim but boating OK (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="12">
+      <x:c r="A12" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B12" t="inlineStr">
+        <x:is>
           <x:t>08/29/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C11" t="inlineStr">
+      <x:c r="C12" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D11" t="inlineStr">
+      <x:c r="D12" t="inlineStr">
         <x:is>
           <x:t>29</x:t>
         </x:is>
       </x:c>
-      <x:c r="E11" t="inlineStr">
+      <x:c r="E12" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F11" t="inlineStr">
+      <x:c r="F12" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G12" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H12" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I12" t="inlineStr">
+        <x:is>
+          <x:t>123</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J12" t="inlineStr">
+        <x:is>
+          <x:t>67</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K12" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L12" t="inlineStr">
+        <x:is>
+          <x:t>61</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M12" t="inlineStr">
+        <x:is>
+          <x:t>71</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N12" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O12" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P12" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q12" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R12" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="13">
+      <x:c r="A13" t="inlineStr">
+        <x:is>
+          <x:t>319701843</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B13" t="inlineStr">
+        <x:is>
+          <x:t>08/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C13" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D13" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E13" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F13" t="inlineStr">
         <x:is>
           <x:t>2.25</x:t>
         </x:is>
       </x:c>
-      <x:c r="G11" t="inlineStr">
+      <x:c r="G13" t="inlineStr">
         <x:is>
           <x:t>NO</x:t>
         </x:is>
       </x:c>
-      <x:c r="H11" t="inlineStr">
+      <x:c r="H13" t="inlineStr">
         <x:is>
           <x:t>0.7</x:t>
         </x:is>
       </x:c>
-      <x:c r="I11" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="K11" t="inlineStr">
+      <x:c r="I13" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J13" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K13" t="inlineStr">
         <x:is>
           <x:t>65</x:t>
         </x:is>
       </x:c>
-      <x:c r="L11" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="N11" t="inlineStr">
+      <x:c r="L13" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M13" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N13" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
-      <x:c r="O11" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="P11" t="inlineStr">
+      <x:c r="O13" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P13" t="inlineStr">
         <x:is>
           <x:t>MURKY</x:t>
         </x:is>
       </x:c>
-      <x:c r="Q11" t="inlineStr">
+      <x:c r="Q13" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="R11" t="inlineStr">
+      <x:c r="R13" t="inlineStr">
         <x:is>
           <x:t>4-Would not swim but boating OK (algae)</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>