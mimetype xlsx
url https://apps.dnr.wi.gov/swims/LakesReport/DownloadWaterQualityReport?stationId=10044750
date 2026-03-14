--- v2 (2026-01-09)
+++ v3 (2026-03-14)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ef726b6f8a64625" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19ade07d82994476" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R957ab539ef774486"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R1cd99f242614414e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R957ab539ef774486" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1cd99f242614414e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>