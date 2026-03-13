--- v0 (2025-10-20)
+++ v1 (2026-03-13)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79d92dc9ba2a4e01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1db4100498f4968" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R476f5ef184bb4935"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc18d0182cf6b4796"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R476f5ef184bb4935" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc18d0182cf6b4796" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -11043,28 +11043,672 @@
         <x:is>
           <x:t>HIGH</x:t>
         </x:is>
       </x:c>
       <x:c r="O120" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P120" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q120" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R120" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="121">
+      <x:c r="A121" t="inlineStr">
+        <x:is>
+          <x:t>116239267</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B121" t="inlineStr">
+        <x:is>
+          <x:t>08/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C121" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D121" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E121" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F121" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G121" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H121" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I121" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J121" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K121" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L121" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M121" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N121" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O121" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P121" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q121" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R121" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="122">
+      <x:c r="A122" t="inlineStr">
+        <x:is>
+          <x:t>116239267</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B122" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C122" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D122" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E122" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F122" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G122" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H122" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I122" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J122" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K122" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L122" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M122" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N122" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O122" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P122" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q122" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R122" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="123">
+      <x:c r="A123" t="inlineStr">
+        <x:is>
+          <x:t>116239267</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B123" t="inlineStr">
+        <x:is>
+          <x:t>09/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C123" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D123" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E123" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F123" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G123" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H123" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I123" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J123" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K123" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L123" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M123" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N123" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O123" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P123" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q123" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R123" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="124">
+      <x:c r="A124" t="inlineStr">
+        <x:is>
+          <x:t>116239267</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B124" t="inlineStr">
+        <x:is>
+          <x:t>09/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C124" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D124" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E124" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F124" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G124" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H124" t="inlineStr">
+        <x:is>
+          <x:t>6.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I124" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J124" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K124" t="inlineStr">
+        <x:is>
+          <x:t>33</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L124" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M124" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N124" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O124" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P124" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q124" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R124" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="125">
+      <x:c r="A125" t="inlineStr">
+        <x:is>
+          <x:t>116239267</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B125" t="inlineStr">
+        <x:is>
+          <x:t>10/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C125" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D125" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E125" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F125" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G125" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H125" t="inlineStr">
+        <x:is>
+          <x:t>3.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I125" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J125" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K125" t="inlineStr">
+        <x:is>
+          <x:t>43</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L125" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M125" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N125" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O125" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P125" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q125" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R125" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="126">
+      <x:c r="A126" t="inlineStr">
+        <x:is>
+          <x:t>116239267</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B126" t="inlineStr">
+        <x:is>
+          <x:t>10/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C126" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D126" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E126" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F126" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G126" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H126" t="inlineStr">
+        <x:is>
+          <x:t>2.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I126" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J126" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K126" t="inlineStr">
+        <x:is>
+          <x:t>47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L126" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M126" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N126" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O126" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P126" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q126" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R126" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="127">
+      <x:c r="A127" t="inlineStr">
+        <x:is>
+          <x:t>116239267</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B127" t="inlineStr">
+        <x:is>
+          <x:t>10/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C127" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D127" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E127" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F127" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G127" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H127" t="inlineStr">
+        <x:is>
+          <x:t>2.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I127" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J127" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K127" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L127" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M127" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N127" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O127" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P127" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q127" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R127" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>