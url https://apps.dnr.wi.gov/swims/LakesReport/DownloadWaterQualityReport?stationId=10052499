--- v0 (2025-10-07)
+++ v1 (2025-11-21)
@@ -1,1210 +1,1210 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd52214f0282044e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3f91a782641403d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R2c52ce7664d946d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R3b2bf7865f5348ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2c52ce7664d946d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3b2bf7865f5348ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
+          <x:t>Group Seq No</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1" t="inlineStr">
+        <x:is>
+          <x:t>Startdate</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1" t="inlineStr">
+        <x:is>
+          <x:t>Startmonth</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1" t="inlineStr">
+        <x:is>
+          <x:t>Startday</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1" t="inlineStr">
+        <x:is>
+          <x:t>Startyear</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1" t="inlineStr">
+        <x:is>
+          <x:t>Secchi</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G1" t="inlineStr">
+        <x:is>
+          <x:t>Secchi Hit Bottom</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1" t="inlineStr">
+        <x:is>
+          <x:t>Secchi Meters</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I1" t="inlineStr">
+        <x:is>
+          <x:t>Chl</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J1" t="inlineStr">
+        <x:is>
+          <x:t>Tp</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K1" t="inlineStr">
+        <x:is>
+          <x:t>Tsi Sd</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L1" t="inlineStr">
+        <x:is>
+          <x:t>Tsi Tp</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M1" t="inlineStr">
+        <x:is>
           <x:t>Tsi Chl</x:t>
         </x:is>
       </x:c>
-      <x:c r="B1" t="inlineStr">
+      <x:c r="N1" t="inlineStr">
         <x:is>
           <x:t>Lake Level</x:t>
         </x:is>
       </x:c>
-      <x:c r="C1" t="inlineStr">
+      <x:c r="O1" t="inlineStr">
         <x:is>
           <x:t>Staff Gauge</x:t>
         </x:is>
       </x:c>
-      <x:c r="D1" t="inlineStr">
+      <x:c r="P1" t="inlineStr">
         <x:is>
           <x:t>Appearance</x:t>
         </x:is>
       </x:c>
-      <x:c r="E1" t="inlineStr">
+      <x:c r="Q1" t="inlineStr">
         <x:is>
           <x:t>Color</x:t>
         </x:is>
       </x:c>
-      <x:c r="F1" t="inlineStr">
+      <x:c r="R1" t="inlineStr">
         <x:is>
           <x:t>Perception</x:t>
-        </x:is>
-[...58 lines deleted...]
-          <x:t>Tsi Tp</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B2" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>06/11/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="C2" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D2" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="E2" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
       <x:c r="F2" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G2" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="H2" t="inlineStr">
         <x:is>
-          <x:t>06/11/2019</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I2" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J2" t="inlineStr">
         <x:is>
-          <x:t>11</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="K2" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="L2" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M2" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N2" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O2" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P2" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q2" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R2" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B3" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>06/13/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="C3" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D3" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>13</x:t>
         </x:is>
       </x:c>
       <x:c r="E3" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
       <x:c r="F3" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G3" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="H3" t="inlineStr">
         <x:is>
-          <x:t>06/13/2019</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I3" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J3" t="inlineStr">
         <x:is>
-          <x:t>13</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="K3" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="L3" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M3" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N3" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O3" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P3" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q3" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R3" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B4" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>06/15/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="C4" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D4" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>15</x:t>
         </x:is>
       </x:c>
       <x:c r="E4" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
       <x:c r="F4" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G4" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="H4" t="inlineStr">
         <x:is>
-          <x:t>06/15/2019</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I4" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J4" t="inlineStr">
         <x:is>
-          <x:t>15</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="K4" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="L4" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M4" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N4" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O4" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P4" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q4" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R4" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B5" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>06/17/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="C5" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D5" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>17</x:t>
         </x:is>
       </x:c>
       <x:c r="E5" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
       <x:c r="F5" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G5" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="H5" t="inlineStr">
         <x:is>
-          <x:t>06/17/2019</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I5" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J5" t="inlineStr">
         <x:is>
-          <x:t>17</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="K5" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="L5" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M5" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N5" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O5" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P5" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q5" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R5" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B6" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>06/20/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="C6" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D6" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>20</x:t>
         </x:is>
       </x:c>
       <x:c r="E6" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
       <x:c r="F6" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G6" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="H6" t="inlineStr">
         <x:is>
-          <x:t>06/20/2019</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I6" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J6" t="inlineStr">
         <x:is>
-          <x:t>20</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="K6" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="L6" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M6" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N6" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O6" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P6" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q6" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R6" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B7" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>06/24/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="C7" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D7" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="E7" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
       <x:c r="F7" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G7" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="H7" t="inlineStr">
         <x:is>
-          <x:t>06/24/2019</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I7" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J7" t="inlineStr">
         <x:is>
-          <x:t>24</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="K7" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="L7" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M7" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N7" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O7" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P7" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q7" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R7" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B8" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>07/01/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="C8" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D8" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>01</x:t>
         </x:is>
       </x:c>
       <x:c r="E8" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
       <x:c r="F8" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G8" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="H8" t="inlineStr">
         <x:is>
-          <x:t>07/01/2019</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I8" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J8" t="inlineStr">
         <x:is>
-          <x:t>01</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="K8" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="L8" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M8" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N8" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O8" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P8" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q8" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R8" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B9" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>07/08/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="C9" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D9" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="E9" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
       <x:c r="F9" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G9" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="H9" t="inlineStr">
         <x:is>
-          <x:t>07/08/2019</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I9" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J9" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="K9" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="L9" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M9" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N9" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O9" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P9" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q9" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R9" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B10" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>07/15/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="C10" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D10" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>15</x:t>
         </x:is>
       </x:c>
       <x:c r="E10" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
       <x:c r="F10" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G10" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="H10" t="inlineStr">
         <x:is>
-          <x:t>07/15/2019</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I10" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J10" t="inlineStr">
         <x:is>
-          <x:t>15</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="K10" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="L10" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M10" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N10" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O10" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P10" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q10" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R10" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B11" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>07/22/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="C11" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D11" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>22</x:t>
         </x:is>
       </x:c>
       <x:c r="E11" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
       <x:c r="F11" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G11" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="H11" t="inlineStr">
         <x:is>
-          <x:t>07/22/2019</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I11" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J11" t="inlineStr">
         <x:is>
-          <x:t>22</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="K11" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="L11" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M11" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N11" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O11" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P11" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q11" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R11" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B12" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>07/29/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="C12" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D12" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>29</x:t>
         </x:is>
       </x:c>
       <x:c r="E12" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
       <x:c r="F12" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G12" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="H12" t="inlineStr">
         <x:is>
-          <x:t>07/29/2019</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I12" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J12" t="inlineStr">
         <x:is>
-          <x:t>29</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="K12" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="L12" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M12" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N12" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O12" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P12" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q12" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R12" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B13" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>08/19/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="C13" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="D13" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>19</x:t>
         </x:is>
       </x:c>
       <x:c r="E13" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
       <x:c r="F13" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G13" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="H13" t="inlineStr">
         <x:is>
-          <x:t>08/19/2019</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I13" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J13" t="inlineStr">
         <x:is>
-          <x:t>19</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="K13" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="L13" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M13" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N13" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O13" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P13" t="inlineStr">
         <x:is>
           <x:t/>