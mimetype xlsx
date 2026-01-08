--- v1 (2025-11-21)
+++ v2 (2026-01-08)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3f91a782641403d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d74767b79424b84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R3b2bf7865f5348ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc06343313a71460f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3b2bf7865f5348ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc06343313a71460f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>