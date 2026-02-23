--- v2 (2026-01-08)
+++ v3 (2026-02-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d74767b79424b84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb15e38fd16ba45f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc06343313a71460f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rd92708cbdc194d49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc06343313a71460f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd92708cbdc194d49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>