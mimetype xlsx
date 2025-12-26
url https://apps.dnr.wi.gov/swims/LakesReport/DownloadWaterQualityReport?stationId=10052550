--- v0 (2025-10-10)
+++ v1 (2025-12-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc80591f97afd4cf3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b3508a1a7614bd4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R7b040fd320274d9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R1a5e68f396d94c16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7b040fd320274d9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1a5e68f396d94c16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -279,28 +279,488 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O3" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P3" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q3" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R3" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="4">
+      <x:c r="A4" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B4" t="inlineStr">
+        <x:is>
+          <x:t>06/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C4" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D4" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E4" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F4" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G4" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H4" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I4" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J4" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K4" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L4" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M4" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N4" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O4" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P4" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q4" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R4" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="5">
+      <x:c r="A5" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B5" t="inlineStr">
+        <x:is>
+          <x:t>06/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C5" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D5" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E5" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="6">
+      <x:c r="A6" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B6" t="inlineStr">
+        <x:is>
+          <x:t>06/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C6" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D6" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E6" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F6" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G6" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H6" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I6" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J6" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K6" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L6" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M6" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N6" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O6" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P6" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q6" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R6" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="7">
+      <x:c r="A7" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B7" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C7" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D7" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E7" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F7" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G7" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H7" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I7" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J7" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K7" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L7" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M7" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N7" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O7" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P7" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q7" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R7" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="8">
+      <x:c r="A8" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B8" t="inlineStr">
+        <x:is>
+          <x:t>07/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C8" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D8" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E8" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F8" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G8" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H8" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I8" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J8" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K8" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L8" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M8" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N8" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O8" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P8" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q8" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R8" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>