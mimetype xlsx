--- v1 (2025-12-26)
+++ v2 (2026-02-14)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b3508a1a7614bd4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61c968c6ce7744e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R1a5e68f396d94c16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R231c44f7ec9948f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1a5e68f396d94c16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R231c44f7ec9948f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>