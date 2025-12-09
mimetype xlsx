--- v0 (2025-10-13)
+++ v1 (2025-12-09)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb405509ac60b474d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdbefe4bf44d4b4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R5b31164e954346cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R929bc4eb861d45fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5b31164e954346cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R929bc4eb861d45fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -6259,28 +6259,120 @@
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O68" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P68" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q68" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R68" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="69">
+      <x:c r="A69" t="inlineStr">
+        <x:is>
+          <x:t>97379124</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B69" t="inlineStr">
+        <x:is>
+          <x:t>10/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C69" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D69" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E69" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F69" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G69" t="inlineStr">
+        <x:is>
+          <x:t>YES</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H69" t="inlineStr">
+        <x:is>
+          <x:t>2.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I69" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J69" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K69" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L69" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M69" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N69" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O69" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P69" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q69" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R69" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>