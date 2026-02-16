--- v1 (2025-12-09)
+++ v2 (2026-02-16)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdbefe4bf44d4b4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f075503b8d8443f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R929bc4eb861d45fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rb51bb45af9a24410"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R929bc4eb861d45fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb51bb45af9a24410" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>