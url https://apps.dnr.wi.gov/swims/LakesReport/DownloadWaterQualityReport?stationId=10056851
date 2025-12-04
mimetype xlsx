--- v0 (2025-10-20)
+++ v1 (2025-12-04)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7486d7f17cd94f43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30fcaca8c0194e6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R6b93d78df227412a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rbfb840b4d878455b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6b93d78df227412a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbfb840b4d878455b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -2214,209 +2214,393 @@
       </x:c>
       <x:c r="O24" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P24" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q24" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R24" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" t="inlineStr">
         <x:is>
-          <x:t>319701843</x:t>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B25" t="inlineStr">
         <x:is>
           <x:t>07/25/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C25" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D25" t="inlineStr">
         <x:is>
           <x:t>25</x:t>
         </x:is>
       </x:c>
       <x:c r="E25" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F25" t="inlineStr">
         <x:is>
-          <x:t>4</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G25" t="inlineStr">
         <x:is>
-          <x:t>NO</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="H25" t="inlineStr">
         <x:is>
-          <x:t>1.2</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I25" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>17</x:t>
         </x:is>
       </x:c>
       <x:c r="J25" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>23</x:t>
         </x:is>
       </x:c>
       <x:c r="K25" t="inlineStr">
         <x:is>
-          <x:t>57</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="L25" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>52</x:t>
         </x:is>
       </x:c>
       <x:c r="M25" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>56</x:t>
         </x:is>
       </x:c>
       <x:c r="N25" t="inlineStr">
         <x:is>
-          <x:t>NORMAL</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="O25" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P25" t="inlineStr">
         <x:is>
-          <x:t>CLEAR</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q25" t="inlineStr">
         <x:is>
-          <x:t>GREEN</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="R25" t="inlineStr">
         <x:is>
-          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" t="inlineStr">
         <x:is>
           <x:t>319701843</x:t>
         </x:is>
       </x:c>
       <x:c r="B26" t="inlineStr">
         <x:is>
+          <x:t>07/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C26" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D26" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E26" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F26" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G26" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H26" t="inlineStr">
+        <x:is>
+          <x:t>1.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K26" t="inlineStr">
+        <x:is>
+          <x:t>57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N26" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P26" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q26" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R26" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="27">
+      <x:c r="A27" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B27" t="inlineStr">
+        <x:is>
           <x:t>08/29/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C26" t="inlineStr">
+      <x:c r="C27" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D26" t="inlineStr">
+      <x:c r="D27" t="inlineStr">
         <x:is>
           <x:t>29</x:t>
         </x:is>
       </x:c>
-      <x:c r="E26" t="inlineStr">
+      <x:c r="E27" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F26" t="inlineStr">
+      <x:c r="F27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I27" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J27" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L27" t="inlineStr">
+        <x:is>
+          <x:t>51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M27" t="inlineStr">
+        <x:is>
+          <x:t>58</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="28">
+      <x:c r="A28" t="inlineStr">
+        <x:is>
+          <x:t>319701843</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B28" t="inlineStr">
+        <x:is>
+          <x:t>08/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C28" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D28" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E28" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F28" t="inlineStr">
         <x:is>
           <x:t>4</x:t>
         </x:is>
       </x:c>
-      <x:c r="G26" t="inlineStr">
+      <x:c r="G28" t="inlineStr">
         <x:is>
           <x:t>NO</x:t>
         </x:is>
       </x:c>
-      <x:c r="H26" t="inlineStr">
+      <x:c r="H28" t="inlineStr">
         <x:is>
           <x:t>1.2</x:t>
         </x:is>
       </x:c>
-      <x:c r="I26" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="K26" t="inlineStr">
+      <x:c r="I28" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J28" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K28" t="inlineStr">
         <x:is>
           <x:t>57</x:t>
         </x:is>
       </x:c>
-      <x:c r="L26" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="N26" t="inlineStr">
+      <x:c r="L28" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M28" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N28" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
-      <x:c r="O26" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="P26" t="inlineStr">
+      <x:c r="O28" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P28" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
-      <x:c r="Q26" t="inlineStr">
+      <x:c r="Q28" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
-      <x:c r="R26" t="inlineStr">
+      <x:c r="R28" t="inlineStr">
         <x:is>
           <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>