--- v1 (2025-12-04)
+++ v2 (2026-01-22)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30fcaca8c0194e6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0f33bee4cb94eef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rbfb840b4d878455b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R75084a075e524080"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbfb840b4d878455b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R75084a075e524080" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>