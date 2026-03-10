--- v2 (2026-01-22)
+++ v3 (2026-03-10)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0f33bee4cb94eef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re71e0da69d1c4be7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R75084a075e524080"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R91127f11dd074e73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R75084a075e524080" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R91127f11dd074e73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>