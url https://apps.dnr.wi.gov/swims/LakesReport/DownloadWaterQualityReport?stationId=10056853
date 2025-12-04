--- v0 (2025-10-20)
+++ v1 (2025-12-04)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd2878ae03e24584" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9a93bb4620c4524" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R5c84a5523fbe4bde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc0ed9e2c9714444e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5c84a5523fbe4bde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc0ed9e2c9714444e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -2122,209 +2122,393 @@
       </x:c>
       <x:c r="O23" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P23" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q23" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R23" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" t="inlineStr">
         <x:is>
-          <x:t>319701843</x:t>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B24" t="inlineStr">
         <x:is>
           <x:t>07/25/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C24" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D24" t="inlineStr">
         <x:is>
           <x:t>25</x:t>
         </x:is>
       </x:c>
       <x:c r="E24" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F24" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G24" t="inlineStr">
         <x:is>
-          <x:t>YES</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="H24" t="inlineStr">
         <x:is>
-          <x:t>1.5</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I24" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>6</x:t>
         </x:is>
       </x:c>
       <x:c r="J24" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>20</x:t>
         </x:is>
       </x:c>
       <x:c r="K24" t="inlineStr">
         <x:is>
-          <x:t>54</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="L24" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>51</x:t>
         </x:is>
       </x:c>
       <x:c r="M24" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>48</x:t>
         </x:is>
       </x:c>
       <x:c r="N24" t="inlineStr">
         <x:is>
-          <x:t>NORMAL</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="O24" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P24" t="inlineStr">
         <x:is>
-          <x:t>CLEAR</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q24" t="inlineStr">
         <x:is>
-          <x:t>GREEN</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="R24" t="inlineStr">
         <x:is>
-          <x:t>2-Very minor aesthetic problems</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" t="inlineStr">
         <x:is>
           <x:t>319701843</x:t>
         </x:is>
       </x:c>
       <x:c r="B25" t="inlineStr">
         <x:is>
+          <x:t>07/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C25" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D25" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E25" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F25" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G25" t="inlineStr">
+        <x:is>
+          <x:t>YES</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H25" t="inlineStr">
+        <x:is>
+          <x:t>1.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I25" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J25" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K25" t="inlineStr">
+        <x:is>
+          <x:t>54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L25" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M25" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N25" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O25" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P25" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q25" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R25" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="26">
+      <x:c r="A26" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B26" t="inlineStr">
+        <x:is>
           <x:t>08/29/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C25" t="inlineStr">
+      <x:c r="C26" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D25" t="inlineStr">
+      <x:c r="D26" t="inlineStr">
         <x:is>
           <x:t>29</x:t>
         </x:is>
       </x:c>
-      <x:c r="E25" t="inlineStr">
+      <x:c r="E26" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F25" t="inlineStr">
+      <x:c r="F26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I26" t="inlineStr">
         <x:is>
           <x:t>5</x:t>
         </x:is>
       </x:c>
-      <x:c r="G25" t="inlineStr">
+      <x:c r="J26" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L26" t="inlineStr">
+        <x:is>
+          <x:t>47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M26" t="inlineStr">
+        <x:is>
+          <x:t>47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="27">
+      <x:c r="A27" t="inlineStr">
+        <x:is>
+          <x:t>319701843</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B27" t="inlineStr">
+        <x:is>
+          <x:t>08/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C27" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D27" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E27" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F27" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G27" t="inlineStr">
         <x:is>
           <x:t>YES</x:t>
         </x:is>
       </x:c>
-      <x:c r="H25" t="inlineStr">
+      <x:c r="H27" t="inlineStr">
         <x:is>
           <x:t>1.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="I25" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="K25" t="inlineStr">
+      <x:c r="I27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K27" t="inlineStr">
         <x:is>
           <x:t>54</x:t>
         </x:is>
       </x:c>
-      <x:c r="L25" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="N25" t="inlineStr">
+      <x:c r="L27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N27" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
-      <x:c r="O25" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="P25" t="inlineStr">
+      <x:c r="O27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P27" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
-      <x:c r="Q25" t="inlineStr">
+      <x:c r="Q27" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
-      <x:c r="R25" t="inlineStr">
+      <x:c r="R27" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>