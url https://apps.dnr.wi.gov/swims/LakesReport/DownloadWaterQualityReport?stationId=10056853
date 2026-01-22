--- v1 (2025-12-04)
+++ v2 (2026-01-22)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9a93bb4620c4524" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4ed4d1844714685" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc0ed9e2c9714444e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R64e5f0a01add4d61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc0ed9e2c9714444e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R64e5f0a01add4d61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>