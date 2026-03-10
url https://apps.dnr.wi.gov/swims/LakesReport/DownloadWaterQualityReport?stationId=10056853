--- v2 (2026-01-22)
+++ v3 (2026-03-10)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4ed4d1844714685" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1c910d08baf487f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R64e5f0a01add4d61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rfa2cdb9e3a9e4eae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R64e5f0a01add4d61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfa2cdb9e3a9e4eae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>