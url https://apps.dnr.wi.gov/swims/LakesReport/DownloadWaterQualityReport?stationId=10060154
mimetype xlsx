--- v0 (2025-10-01)
+++ v1 (2025-11-25)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6f95426b5d844f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf47beb16a2f14773" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rcaf40fdb841c4042"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R1c164f9007054e05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcaf40fdb841c4042" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1c164f9007054e05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -923,28 +923,120 @@
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O10" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P10" t="inlineStr">
         <x:is>
           <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q10" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R10" t="inlineStr">
         <x:is>
           <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="11">
+      <x:c r="A11" t="inlineStr">
+        <x:is>
+          <x:t>368346475</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B11" t="inlineStr">
+        <x:is>
+          <x:t>09/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C11" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D11" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E11" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G11" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N11" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P11" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q11" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R11" t="inlineStr">
+        <x:is>
+          <x:t>5-Enjoyment substantially impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>