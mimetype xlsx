--- v1 (2025-11-25)
+++ v2 (2026-01-12)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf47beb16a2f14773" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R678516fdefc84ce3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R1c164f9007054e05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R02f0dd4d9a6c4f1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1c164f9007054e05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R02f0dd4d9a6c4f1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>