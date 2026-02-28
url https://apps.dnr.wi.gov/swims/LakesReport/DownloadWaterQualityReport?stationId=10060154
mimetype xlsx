--- v2 (2026-01-12)
+++ v3 (2026-02-28)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R678516fdefc84ce3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0c7d7047dfb42f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R02f0dd4d9a6c4f1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0f6e43c74a89461b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R02f0dd4d9a6c4f1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0f6e43c74a89461b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>