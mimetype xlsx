--- v0 (2025-10-06)
+++ v1 (2025-12-03)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e2ca58e7a5b46af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17a79a64d0f74f26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rbea0e297c3414421"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc70083c808774805"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbea0e297c3414421" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc70083c808774805" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -41403,28 +41403,304 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O450" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P450" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q450" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R450" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="451">
+      <x:c r="A451" t="inlineStr">
+        <x:is>
+          <x:t>357954026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B451" t="inlineStr">
+        <x:is>
+          <x:t>10/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C451" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D451" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E451" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F451" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G451" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H451" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I451" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J451" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K451" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L451" t="inlineStr">
+        <x:is>
+          <x:t>59</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M451" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N451" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O451" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P451" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q451" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R451" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="452">
+      <x:c r="A452" t="inlineStr">
+        <x:is>
+          <x:t>357954026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B452" t="inlineStr">
+        <x:is>
+          <x:t>10/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C452" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D452" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E452" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F452" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G452" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H452" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I452" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J452" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K452" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L452" t="inlineStr">
+        <x:is>
+          <x:t>56</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M452" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N452" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O452" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P452" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q452" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R452" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="453">
+      <x:c r="A453" t="inlineStr">
+        <x:is>
+          <x:t>357954026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B453" t="inlineStr">
+        <x:is>
+          <x:t>11/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C453" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D453" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E453" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F453" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G453" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H453" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I453" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J453" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K453" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L453" t="inlineStr">
+        <x:is>
+          <x:t>55</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M453" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N453" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O453" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P453" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q453" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R453" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>