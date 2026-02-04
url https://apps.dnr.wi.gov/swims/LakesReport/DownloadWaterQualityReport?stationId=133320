--- v1 (2025-12-03)
+++ v2 (2026-02-04)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17a79a64d0f74f26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c88de521ad1467c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc70083c808774805"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R3f8bbc543edd4c1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc70083c808774805" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3f8bbc543edd4c1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -41679,28 +41679,120 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O453" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P453" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q453" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R453" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="454">
+      <x:c r="A454" t="inlineStr">
+        <x:is>
+          <x:t>357954026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B454" t="inlineStr">
+        <x:is>
+          <x:t>11/18/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C454" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D454" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E454" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F454" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G454" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H454" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I454" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J454" t="inlineStr">
+        <x:is>
+          <x:t>36</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K454" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L454" t="inlineStr">
+        <x:is>
+          <x:t>56</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M454" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N454" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O454" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P454" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q454" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R454" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>