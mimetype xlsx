--- v0 (2025-11-05)
+++ v1 (2025-12-24)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdfa252c049d4b7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1cb7ae494f14b80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R7a5011101f0b4cfb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R5784a95a55604122"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7a5011101f0b4cfb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5784a95a55604122" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -17578,223 +17578,223 @@
       </x:c>
       <x:c r="O191" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P191" t="inlineStr">
         <x:is>
           <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q191" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R191" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="192">
       <x:c r="A192" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>243077378</x:t>
         </x:is>
       </x:c>
       <x:c r="B192" t="inlineStr">
         <x:is>
           <x:t>05/29/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C192" t="inlineStr">
         <x:is>
           <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="D192" t="inlineStr">
         <x:is>
           <x:t>29</x:t>
         </x:is>
       </x:c>
       <x:c r="E192" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F192" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>0.64</x:t>
         </x:is>
       </x:c>
       <x:c r="G192" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H192" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>0.2</x:t>
         </x:is>
       </x:c>
       <x:c r="I192" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J192" t="inlineStr">
         <x:is>
           <x:t>78</x:t>
         </x:is>
       </x:c>
       <x:c r="K192" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>84</x:t>
         </x:is>
       </x:c>
       <x:c r="L192" t="inlineStr">
         <x:is>
           <x:t>62</x:t>
         </x:is>
       </x:c>
       <x:c r="M192" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N192" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O192" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P192" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q192" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R192" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="193">
       <x:c r="A193" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>243077378</x:t>
         </x:is>
       </x:c>
       <x:c r="B193" t="inlineStr">
         <x:is>
           <x:t>06/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C193" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D193" t="inlineStr">
         <x:is>
           <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="E193" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F193" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1.31</x:t>
         </x:is>
       </x:c>
       <x:c r="G193" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H193" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>0.4</x:t>
         </x:is>
       </x:c>
       <x:c r="I193" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J193" t="inlineStr">
         <x:is>
           <x:t>138</x:t>
         </x:is>
       </x:c>
       <x:c r="K193" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>73</x:t>
         </x:is>
       </x:c>
       <x:c r="L193" t="inlineStr">
         <x:is>
           <x:t>66</x:t>
         </x:is>
       </x:c>
       <x:c r="M193" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N193" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O193" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P193" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q193" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R193" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="194">
       <x:c r="A194" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B194" t="inlineStr">
         <x:is>
           <x:t>06/30/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C194" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D194" t="inlineStr">
@@ -17946,131 +17946,131 @@
       </x:c>
       <x:c r="O195" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P195" t="inlineStr">
         <x:is>
           <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q195" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R195" t="inlineStr">
         <x:is>
           <x:t>4-Would not swim but boating OK (algae)</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="196">
       <x:c r="A196" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>243077378</x:t>
         </x:is>
       </x:c>
       <x:c r="B196" t="inlineStr">
         <x:is>
           <x:t>07/22/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C196" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D196" t="inlineStr">
         <x:is>
           <x:t>22</x:t>
         </x:is>
       </x:c>
       <x:c r="E196" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F196" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>0.49</x:t>
         </x:is>
       </x:c>
       <x:c r="G196" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H196" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>0.1</x:t>
         </x:is>
       </x:c>
       <x:c r="I196" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J196" t="inlineStr">
         <x:is>
           <x:t>263</x:t>
         </x:is>
       </x:c>
       <x:c r="K196" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>87</x:t>
         </x:is>
       </x:c>
       <x:c r="L196" t="inlineStr">
         <x:is>
           <x:t>71</x:t>
         </x:is>
       </x:c>
       <x:c r="M196" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N196" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O196" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P196" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q196" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R196" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="197">
       <x:c r="A197" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B197" t="inlineStr">
         <x:is>
           <x:t>07/29/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C197" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D197" t="inlineStr">
@@ -18222,209 +18222,393 @@
       </x:c>
       <x:c r="O198" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P198" t="inlineStr">
         <x:is>
           <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q198" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R198" t="inlineStr">
         <x:is>
           <x:t>4-Would not swim but boating OK (algae)</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="199">
       <x:c r="A199" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>243077378</x:t>
         </x:is>
       </x:c>
       <x:c r="B199" t="inlineStr">
         <x:is>
-          <x:t>08/27/2025</x:t>
+          <x:t>08/21/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C199" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="D199" t="inlineStr">
         <x:is>
-          <x:t>27</x:t>
+          <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="E199" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F199" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>0.66</x:t>
         </x:is>
       </x:c>
       <x:c r="G199" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H199" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>0.2</x:t>
         </x:is>
       </x:c>
       <x:c r="I199" t="inlineStr">
         <x:is>
-          <x:t>114</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J199" t="inlineStr">
         <x:is>
-          <x:t>194</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="K199" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>83</x:t>
         </x:is>
       </x:c>
       <x:c r="L199" t="inlineStr">
         <x:is>
-          <x:t>69</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M199" t="inlineStr">
         <x:is>
-          <x:t>71</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N199" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O199" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P199" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q199" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R199" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="200">
       <x:c r="A200" t="inlineStr">
         <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B200" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C200" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D200" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E200" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F200" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G200" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H200" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I200" t="inlineStr">
+        <x:is>
+          <x:t>114</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J200" t="inlineStr">
+        <x:is>
+          <x:t>194</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K200" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L200" t="inlineStr">
+        <x:is>
+          <x:t>69</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M200" t="inlineStr">
+        <x:is>
+          <x:t>71</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N200" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O200" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P200" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q200" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R200" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="201">
+      <x:c r="A201" t="inlineStr">
+        <x:is>
           <x:t>358187298</x:t>
         </x:is>
       </x:c>
-      <x:c r="B200" t="inlineStr">
+      <x:c r="B201" t="inlineStr">
         <x:is>
           <x:t>08/27/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C200" t="inlineStr">
+      <x:c r="C201" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D200" t="inlineStr">
+      <x:c r="D201" t="inlineStr">
         <x:is>
           <x:t>27</x:t>
         </x:is>
       </x:c>
-      <x:c r="E200" t="inlineStr">
+      <x:c r="E201" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F200" t="inlineStr">
+      <x:c r="F201" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="G200" t="inlineStr">
+      <x:c r="G201" t="inlineStr">
         <x:is>
           <x:t>NO</x:t>
         </x:is>
       </x:c>
-      <x:c r="H200" t="inlineStr">
+      <x:c r="H201" t="inlineStr">
         <x:is>
           <x:t>0.3</x:t>
         </x:is>
       </x:c>
-      <x:c r="I200" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="K200" t="inlineStr">
+      <x:c r="I201" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J201" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K201" t="inlineStr">
         <x:is>
           <x:t>77</x:t>
         </x:is>
       </x:c>
-      <x:c r="L200" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="N200" t="inlineStr">
+      <x:c r="L201" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M201" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N201" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
-      <x:c r="O200" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="P200" t="inlineStr">
+      <x:c r="O201" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P201" t="inlineStr">
         <x:is>
           <x:t>MURKY</x:t>
         </x:is>
       </x:c>
-      <x:c r="Q200" t="inlineStr">
+      <x:c r="Q201" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
-      <x:c r="R200" t="inlineStr">
+      <x:c r="R201" t="inlineStr">
         <x:is>
           <x:t>4-Would not swim but boating OK (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="202">
+      <x:c r="A202" t="inlineStr">
+        <x:is>
+          <x:t>243077378</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B202" t="inlineStr">
+        <x:is>
+          <x:t>09/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C202" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D202" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E202" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F202" t="inlineStr">
+        <x:is>
+          <x:t>0.98</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G202" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H202" t="inlineStr">
+        <x:is>
+          <x:t>0.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I202" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J202" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K202" t="inlineStr">
+        <x:is>
+          <x:t>77</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L202" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M202" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N202" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O202" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P202" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q202" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R202" t="inlineStr">
+        <x:is>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>