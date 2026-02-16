--- v1 (2025-12-24)
+++ v2 (2026-02-16)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1cb7ae494f14b80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6db1eed546645b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R5784a95a55604122"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R06b21aa3b81b4f2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5784a95a55604122" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R06b21aa3b81b4f2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>