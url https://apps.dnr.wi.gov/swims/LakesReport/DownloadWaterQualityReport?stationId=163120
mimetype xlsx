--- v0 (2025-11-20)
+++ v1 (2026-01-09)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93219361843b4f63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda7b5ace3cd44d29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc29953c83b4e4e58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rae7994ce1cb041fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc29953c83b4e4e58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rae7994ce1cb041fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>