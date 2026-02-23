--- v1 (2026-01-09)
+++ v2 (2026-02-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda7b5ace3cd44d29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re65877a8caf44584" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rae7994ce1cb041fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R08bf9c15de3e4004"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rae7994ce1cb041fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R08bf9c15de3e4004" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -49318,393 +49318,669 @@
       </x:c>
       <x:c r="O536" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P536" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q536" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R536" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="537">
       <x:c r="A537" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>357720852</x:t>
         </x:is>
       </x:c>
       <x:c r="B537" t="inlineStr">
         <x:is>
-          <x:t>07/28/2025</x:t>
+          <x:t>07/18/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C537" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D537" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>18</x:t>
         </x:is>
       </x:c>
       <x:c r="E537" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F537" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>6</x:t>
         </x:is>
       </x:c>
       <x:c r="G537" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H537" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1.8</x:t>
         </x:is>
       </x:c>
       <x:c r="I537" t="inlineStr">
         <x:is>
-          <x:t>9</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J537" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K537" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>51</x:t>
         </x:is>
       </x:c>
       <x:c r="L537" t="inlineStr">
         <x:is>
-          <x:t>51</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M537" t="inlineStr">
         <x:is>
-          <x:t>51</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N537" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O537" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P537" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q537" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R537" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="538">
       <x:c r="A538" t="inlineStr">
         <x:is>
-          <x:t>209700783</x:t>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B538" t="inlineStr">
         <x:is>
-          <x:t>08/12/2025</x:t>
+          <x:t>07/28/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C538" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D538" t="inlineStr">
         <x:is>
-          <x:t>12</x:t>
+          <x:t>28</x:t>
         </x:is>
       </x:c>
       <x:c r="E538" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F538" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G538" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="H538" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I538" t="inlineStr">
         <x:is>
-          <x:t>7</x:t>
+          <x:t>9</x:t>
         </x:is>
       </x:c>
       <x:c r="J538" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K538" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="L538" t="inlineStr">
         <x:is>
-          <x:t>52</x:t>
+          <x:t>51</x:t>
         </x:is>
       </x:c>
       <x:c r="M538" t="inlineStr">
         <x:is>
-          <x:t>49</x:t>
+          <x:t>51</x:t>
         </x:is>
       </x:c>
       <x:c r="N538" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O538" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P538" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q538" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R538" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="539">
       <x:c r="A539" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>209700783</x:t>
         </x:is>
       </x:c>
       <x:c r="B539" t="inlineStr">
         <x:is>
-          <x:t>08/25/2025</x:t>
+          <x:t>08/12/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C539" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="D539" t="inlineStr">
         <x:is>
-          <x:t>25</x:t>
+          <x:t>12</x:t>
         </x:is>
       </x:c>
       <x:c r="E539" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F539" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G539" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="H539" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I539" t="inlineStr">
         <x:is>
-          <x:t>9</x:t>
+          <x:t>7</x:t>
         </x:is>
       </x:c>
       <x:c r="J539" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K539" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="L539" t="inlineStr">
         <x:is>
-          <x:t>51</x:t>
+          <x:t>52</x:t>
         </x:is>
       </x:c>
       <x:c r="M539" t="inlineStr">
         <x:is>
-          <x:t>52</x:t>
+          <x:t>49</x:t>
         </x:is>
       </x:c>
       <x:c r="N539" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O539" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P539" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q539" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R539" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="540">
       <x:c r="A540" t="inlineStr">
         <x:is>
+          <x:t>357720852</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B540" t="inlineStr">
+        <x:is>
+          <x:t>08/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C540" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D540" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E540" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F540" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G540" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H540" t="inlineStr">
+        <x:is>
+          <x:t>1.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I540" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J540" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K540" t="inlineStr">
+        <x:is>
+          <x:t>51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L540" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M540" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N540" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O540" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P540" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q540" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R540" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="541">
+      <x:c r="A541" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B541" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C541" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D541" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E541" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F541" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G541" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H541" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I541" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J541" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K541" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L541" t="inlineStr">
+        <x:is>
+          <x:t>51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M541" t="inlineStr">
+        <x:is>
+          <x:t>52</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N541" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O541" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P541" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q541" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R541" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="542">
+      <x:c r="A542" t="inlineStr">
+        <x:is>
           <x:t>209700783</x:t>
         </x:is>
       </x:c>
-      <x:c r="B540" t="inlineStr">
+      <x:c r="B542" t="inlineStr">
         <x:is>
           <x:t>09/09/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C540" t="inlineStr">
+      <x:c r="C542" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="D540" t="inlineStr">
+      <x:c r="D542" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="E540" t="inlineStr">
+      <x:c r="E542" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F540" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I540" t="inlineStr">
+      <x:c r="F542" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G542" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H542" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I542" t="inlineStr">
         <x:is>
           <x:t>10</x:t>
         </x:is>
       </x:c>
-      <x:c r="J540" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="L540" t="inlineStr">
+      <x:c r="J542" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K542" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L542" t="inlineStr">
         <x:is>
           <x:t>52</x:t>
         </x:is>
       </x:c>
-      <x:c r="M540" t="inlineStr">
+      <x:c r="M542" t="inlineStr">
         <x:is>
           <x:t>52</x:t>
         </x:is>
       </x:c>
-      <x:c r="N540" t="inlineStr">
-[...21 lines deleted...]
-          <x:t/>
+      <x:c r="N542" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O542" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P542" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q542" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R542" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="543">
+      <x:c r="A543" t="inlineStr">
+        <x:is>
+          <x:t>357720852</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B543" t="inlineStr">
+        <x:is>
+          <x:t>09/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C543" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D543" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E543" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F543" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G543" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H543" t="inlineStr">
+        <x:is>
+          <x:t>1.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I543" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J543" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K543" t="inlineStr">
+        <x:is>
+          <x:t>51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L543" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M543" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N543" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O543" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P543" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q543" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R543" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>