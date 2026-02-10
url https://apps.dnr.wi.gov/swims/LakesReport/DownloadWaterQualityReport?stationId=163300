--- v0 (2025-11-02)
+++ v1 (2026-02-10)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3ff3975ca8c413f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf0b6d06711c4c33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R617b6693f8bb4b73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R009c7cbdd49e4618"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R617b6693f8bb4b73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R009c7cbdd49e4618" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -25579,28 +25579,1040 @@
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O278" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P278" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q278" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R278" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="279">
+      <x:c r="A279" t="inlineStr">
+        <x:is>
+          <x:t>8188682</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B279" t="inlineStr">
+        <x:is>
+          <x:t>05/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C279" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D279" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E279" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F279" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G279" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H279" t="inlineStr">
+        <x:is>
+          <x:t>1.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I279" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J279" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K279" t="inlineStr">
+        <x:is>
+          <x:t>51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L279" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M279" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N279" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O279" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P279" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q279" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R279" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="280">
+      <x:c r="A280" t="inlineStr">
+        <x:is>
+          <x:t>8188682</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B280" t="inlineStr">
+        <x:is>
+          <x:t>05/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C280" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D280" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E280" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F280" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G280" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H280" t="inlineStr">
+        <x:is>
+          <x:t>1.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I280" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J280" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K280" t="inlineStr">
+        <x:is>
+          <x:t>57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L280" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M280" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N280" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O280" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P280" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q280" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R280" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="281">
+      <x:c r="A281" t="inlineStr">
+        <x:is>
+          <x:t>8188682</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B281" t="inlineStr">
+        <x:is>
+          <x:t>06/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C281" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D281" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E281" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F281" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G281" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H281" t="inlineStr">
+        <x:is>
+          <x:t>1.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I281" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J281" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K281" t="inlineStr">
+        <x:is>
+          <x:t>54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L281" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M281" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N281" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O281" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P281" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q281" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R281" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="282">
+      <x:c r="A282" t="inlineStr">
+        <x:is>
+          <x:t>8188682</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B282" t="inlineStr">
+        <x:is>
+          <x:t>06/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C282" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D282" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E282" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F282" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G282" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H282" t="inlineStr">
+        <x:is>
+          <x:t>1.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I282" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J282" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K282" t="inlineStr">
+        <x:is>
+          <x:t>57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L282" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M282" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N282" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O282" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P282" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q282" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R282" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="283">
+      <x:c r="A283" t="inlineStr">
+        <x:is>
+          <x:t>8188682</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B283" t="inlineStr">
+        <x:is>
+          <x:t>07/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C283" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D283" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E283" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F283" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G283" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H283" t="inlineStr">
+        <x:is>
+          <x:t>1.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I283" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J283" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K283" t="inlineStr">
+        <x:is>
+          <x:t>54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L283" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M283" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N283" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O283" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P283" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q283" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R283" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="284">
+      <x:c r="A284" t="inlineStr">
+        <x:is>
+          <x:t>8188682</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B284" t="inlineStr">
+        <x:is>
+          <x:t>07/21/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C284" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D284" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E284" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F284" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G284" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H284" t="inlineStr">
+        <x:is>
+          <x:t>1.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I284" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J284" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K284" t="inlineStr">
+        <x:is>
+          <x:t>57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L284" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M284" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N284" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O284" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P284" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q284" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R284" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="285">
+      <x:c r="A285" t="inlineStr">
+        <x:is>
+          <x:t>8188682</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B285" t="inlineStr">
+        <x:is>
+          <x:t>08/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C285" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D285" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E285" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F285" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G285" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H285" t="inlineStr">
+        <x:is>
+          <x:t>1.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I285" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J285" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K285" t="inlineStr">
+        <x:is>
+          <x:t>57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L285" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M285" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N285" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O285" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P285" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q285" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R285" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="286">
+      <x:c r="A286" t="inlineStr">
+        <x:is>
+          <x:t>8188682</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B286" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C286" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D286" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E286" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F286" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G286" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H286" t="inlineStr">
+        <x:is>
+          <x:t>1.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I286" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J286" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K286" t="inlineStr">
+        <x:is>
+          <x:t>57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L286" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M286" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N286" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O286" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P286" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q286" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R286" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="287">
+      <x:c r="A287" t="inlineStr">
+        <x:is>
+          <x:t>8188682</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B287" t="inlineStr">
+        <x:is>
+          <x:t>09/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C287" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D287" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E287" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F287" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G287" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H287" t="inlineStr">
+        <x:is>
+          <x:t>1.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I287" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J287" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K287" t="inlineStr">
+        <x:is>
+          <x:t>57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L287" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M287" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N287" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O287" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P287" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q287" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R287" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="288">
+      <x:c r="A288" t="inlineStr">
+        <x:is>
+          <x:t>8188682</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B288" t="inlineStr">
+        <x:is>
+          <x:t>09/18/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C288" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D288" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E288" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F288" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G288" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H288" t="inlineStr">
+        <x:is>
+          <x:t>1.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I288" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J288" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K288" t="inlineStr">
+        <x:is>
+          <x:t>54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L288" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M288" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N288" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O288" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P288" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q288" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R288" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="289">
+      <x:c r="A289" t="inlineStr">
+        <x:is>
+          <x:t>8188682</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B289" t="inlineStr">
+        <x:is>
+          <x:t>10/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C289" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D289" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E289" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F289" t="inlineStr">
+        <x:is>
+          <x:t>3.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G289" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H289" t="inlineStr">
+        <x:is>
+          <x:t>1.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I289" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J289" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K289" t="inlineStr">
+        <x:is>
+          <x:t>59</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L289" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M289" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N289" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O289" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P289" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q289" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R289" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>