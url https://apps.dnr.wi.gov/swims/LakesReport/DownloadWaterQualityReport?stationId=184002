--- v0 (2025-10-26)
+++ v1 (2025-12-25)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf55b6751e0bd420f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc38da1f0315a482f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rafe8720f487e4d1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R25e304167b23402c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rafe8720f487e4d1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R25e304167b23402c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -13343,28 +13343,856 @@
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O145" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P145" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q145" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R145" t="inlineStr">
         <x:is>
           <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="146">
+      <x:c r="A146" t="inlineStr">
+        <x:is>
+          <x:t>161784843</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B146" t="inlineStr">
+        <x:is>
+          <x:t>10/12/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C146" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D146" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E146" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F146" t="inlineStr">
+        <x:is>
+          <x:t>4.25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G146" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H146" t="inlineStr">
+        <x:is>
+          <x:t>1.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I146" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J146" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K146" t="inlineStr">
+        <x:is>
+          <x:t>56</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L146" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M146" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N146" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O146" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P146" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q146" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R146" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="147">
+      <x:c r="A147" t="inlineStr">
+        <x:is>
+          <x:t>161784843</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B147" t="inlineStr">
+        <x:is>
+          <x:t>04/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C147" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D147" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E147" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F147" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G147" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H147" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I147" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J147" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K147" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L147" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M147" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N147" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O147" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P147" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q147" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R147" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="148">
+      <x:c r="A148" t="inlineStr">
+        <x:is>
+          <x:t>161784843</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B148" t="inlineStr">
+        <x:is>
+          <x:t>06/15/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C148" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D148" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E148" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F148" t="inlineStr">
+        <x:is>
+          <x:t>2.25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G148" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H148" t="inlineStr">
+        <x:is>
+          <x:t>0.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I148" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J148" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K148" t="inlineStr">
+        <x:is>
+          <x:t>65</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L148" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M148" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N148" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O148" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P148" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q148" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R148" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="149">
+      <x:c r="A149" t="inlineStr">
+        <x:is>
+          <x:t>161784843</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B149" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C149" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D149" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E149" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F149" t="inlineStr">
+        <x:is>
+          <x:t>2.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G149" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H149" t="inlineStr">
+        <x:is>
+          <x:t>0.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I149" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J149" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K149" t="inlineStr">
+        <x:is>
+          <x:t>63</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L149" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M149" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N149" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O149" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P149" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q149" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R149" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="150">
+      <x:c r="A150" t="inlineStr">
+        <x:is>
+          <x:t>161784843</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B150" t="inlineStr">
+        <x:is>
+          <x:t>07/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C150" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D150" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E150" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F150" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G150" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H150" t="inlineStr">
+        <x:is>
+          <x:t>0.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I150" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J150" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K150" t="inlineStr">
+        <x:is>
+          <x:t>61</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L150" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M150" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N150" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O150" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P150" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q150" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R150" t="inlineStr">
+        <x:is>
+          <x:t>4-Would not swim but boating OK (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="151">
+      <x:c r="A151" t="inlineStr">
+        <x:is>
+          <x:t>161784843</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B151" t="inlineStr">
+        <x:is>
+          <x:t>07/21/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C151" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D151" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E151" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F151" t="inlineStr">
+        <x:is>
+          <x:t>3.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G151" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H151" t="inlineStr">
+        <x:is>
+          <x:t>1.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I151" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J151" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K151" t="inlineStr">
+        <x:is>
+          <x:t>59</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L151" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M151" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N151" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O151" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P151" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q151" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R151" t="inlineStr">
+        <x:is>
+          <x:t>4-Would not swim but boating OK (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="152">
+      <x:c r="A152" t="inlineStr">
+        <x:is>
+          <x:t>161784843</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B152" t="inlineStr">
+        <x:is>
+          <x:t>07/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C152" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D152" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E152" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F152" t="inlineStr">
+        <x:is>
+          <x:t>2.25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G152" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H152" t="inlineStr">
+        <x:is>
+          <x:t>0.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I152" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J152" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K152" t="inlineStr">
+        <x:is>
+          <x:t>65</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L152" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M152" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N152" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O152" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P152" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q152" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R152" t="inlineStr">
+        <x:is>
+          <x:t>4-Would not swim but boating OK (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="153">
+      <x:c r="A153" t="inlineStr">
+        <x:is>
+          <x:t>161784843</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B153" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C153" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D153" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E153" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F153" t="inlineStr">
+        <x:is>
+          <x:t>4.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G153" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H153" t="inlineStr">
+        <x:is>
+          <x:t>1.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I153" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J153" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K153" t="inlineStr">
+        <x:is>
+          <x:t>55</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L153" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M153" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N153" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O153" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P153" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q153" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R153" t="inlineStr">
+        <x:is>
+          <x:t>4-Would not swim but boating OK (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="154">
+      <x:c r="A154" t="inlineStr">
+        <x:is>
+          <x:t>161784843</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B154" t="inlineStr">
+        <x:is>
+          <x:t>09/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C154" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D154" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E154" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F154" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G154" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H154" t="inlineStr">
+        <x:is>
+          <x:t>1.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I154" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J154" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K154" t="inlineStr">
+        <x:is>
+          <x:t>54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L154" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M154" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N154" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O154" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P154" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q154" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R154" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>