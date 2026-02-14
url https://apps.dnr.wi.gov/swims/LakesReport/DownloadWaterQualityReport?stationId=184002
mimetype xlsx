--- v1 (2025-12-25)
+++ v2 (2026-02-14)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc38da1f0315a482f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eeb3fd5e14a4e1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R25e304167b23402c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R69babf53281d4331"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R25e304167b23402c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R69babf53281d4331" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>