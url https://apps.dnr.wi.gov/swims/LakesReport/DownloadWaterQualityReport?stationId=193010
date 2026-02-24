--- v0 (2025-10-13)
+++ v1 (2026-02-24)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6300180cee4405e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b3b3c57d91448a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rccd7862a4ef04627"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R3b47730ea21d445f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rccd7862a4ef04627" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3b47730ea21d445f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -6722,301 +6722,669 @@
       </x:c>
       <x:c r="O73" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P73" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q73" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R73" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="74">
       <x:c r="A74" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>23140988</x:t>
         </x:is>
       </x:c>
       <x:c r="B74" t="inlineStr">
         <x:is>
-          <x:t>06/29/2025</x:t>
+          <x:t>04/28/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C74" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>04</x:t>
         </x:is>
       </x:c>
       <x:c r="D74" t="inlineStr">
         <x:is>
-          <x:t>29</x:t>
+          <x:t>28</x:t>
         </x:is>
       </x:c>
       <x:c r="E74" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F74" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>6</x:t>
         </x:is>
       </x:c>
       <x:c r="G74" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H74" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1.8</x:t>
         </x:is>
       </x:c>
       <x:c r="I74" t="inlineStr">
         <x:is>
-          <x:t>4</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J74" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K74" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>51</x:t>
         </x:is>
       </x:c>
       <x:c r="L74" t="inlineStr">
         <x:is>
-          <x:t>52</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M74" t="inlineStr">
         <x:is>
-          <x:t>46</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N74" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>HIGH</x:t>
         </x:is>
       </x:c>
       <x:c r="O74" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P74" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q74" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R74" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="75">
       <x:c r="A75" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B75" t="inlineStr">
         <x:is>
-          <x:t>07/28/2025</x:t>
+          <x:t>06/29/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C75" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D75" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>29</x:t>
         </x:is>
       </x:c>
       <x:c r="E75" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F75" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G75" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="H75" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I75" t="inlineStr">
         <x:is>
-          <x:t>2</x:t>
+          <x:t>4</x:t>
         </x:is>
       </x:c>
       <x:c r="J75" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K75" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="L75" t="inlineStr">
         <x:is>
-          <x:t>50</x:t>
+          <x:t>52</x:t>
         </x:is>
       </x:c>
       <x:c r="M75" t="inlineStr">
         <x:is>
-          <x:t>41</x:t>
+          <x:t>46</x:t>
         </x:is>
       </x:c>
       <x:c r="N75" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O75" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P75" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q75" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R75" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="76">
       <x:c r="A76" t="inlineStr">
         <x:is>
+          <x:t>23140988</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B76" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C76" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D76" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E76" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F76" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G76" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H76" t="inlineStr">
+        <x:is>
+          <x:t>2.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I76" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J76" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K76" t="inlineStr">
+        <x:is>
+          <x:t>49</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L76" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M76" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N76" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O76" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P76" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q76" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R76" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="77">
+      <x:c r="A77" t="inlineStr">
+        <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="B76" t="inlineStr">
+      <x:c r="B77" t="inlineStr">
+        <x:is>
+          <x:t>07/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C77" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D77" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E77" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F77" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G77" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H77" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I77" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J77" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K77" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L77" t="inlineStr">
+        <x:is>
+          <x:t>50</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M77" t="inlineStr">
+        <x:is>
+          <x:t>41</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N77" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O77" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P77" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q77" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R77" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="78">
+      <x:c r="A78" t="inlineStr">
+        <x:is>
+          <x:t>23140988</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B78" t="inlineStr">
+        <x:is>
+          <x:t>07/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C78" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D78" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E78" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F78" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G78" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H78" t="inlineStr">
+        <x:is>
+          <x:t>2.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I78" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J78" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K78" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L78" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M78" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N78" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O78" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P78" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q78" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R78" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="79">
+      <x:c r="A79" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B79" t="inlineStr">
         <x:is>
           <x:t>08/25/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C76" t="inlineStr">
+      <x:c r="C79" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D76" t="inlineStr">
+      <x:c r="D79" t="inlineStr">
         <x:is>
           <x:t>25</x:t>
         </x:is>
       </x:c>
-      <x:c r="E76" t="inlineStr">
+      <x:c r="E79" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F76" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I76" t="inlineStr">
+      <x:c r="F79" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G79" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H79" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I79" t="inlineStr">
         <x:is>
           <x:t>2</x:t>
         </x:is>
       </x:c>
-      <x:c r="J76" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="L76" t="inlineStr">
+      <x:c r="J79" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K79" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L79" t="inlineStr">
         <x:is>
           <x:t>47</x:t>
         </x:is>
       </x:c>
-      <x:c r="M76" t="inlineStr">
+      <x:c r="M79" t="inlineStr">
         <x:is>
           <x:t>41</x:t>
         </x:is>
       </x:c>
-      <x:c r="N76" t="inlineStr">
-[...21 lines deleted...]
-          <x:t/>
+      <x:c r="N79" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O79" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P79" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q79" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R79" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="80">
+      <x:c r="A80" t="inlineStr">
+        <x:is>
+          <x:t>23140988</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B80" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C80" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D80" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E80" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F80" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G80" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H80" t="inlineStr">
+        <x:is>
+          <x:t>3.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I80" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J80" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K80" t="inlineStr">
+        <x:is>
+          <x:t>43</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L80" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M80" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N80" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O80" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P80" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q80" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R80" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>