--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf19cd31546da4f20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R326756163f0f4f79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rd117859901df47b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R69005e6d2dba4bf2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd117859901df47b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R69005e6d2dba4bf2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>