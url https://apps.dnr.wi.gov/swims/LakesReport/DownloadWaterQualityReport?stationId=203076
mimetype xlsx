--- v1 (2025-11-26)
+++ v2 (2026-01-12)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R326756163f0f4f79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c5f571568b64096" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R69005e6d2dba4bf2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra3b3bbffb78948e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R69005e6d2dba4bf2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra3b3bbffb78948e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -34690,136 +34690,136 @@
       </x:c>
       <x:c r="O377" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P377" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q377" t="inlineStr">
         <x:is>
           <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R377" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="378">
       <x:c r="A378" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>225158907</x:t>
         </x:is>
       </x:c>
       <x:c r="B378" t="inlineStr">
         <x:is>
           <x:t>06/16/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C378" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D378" t="inlineStr">
         <x:is>
           <x:t>16</x:t>
         </x:is>
       </x:c>
       <x:c r="E378" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F378" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>14</x:t>
         </x:is>
       </x:c>
       <x:c r="G378" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H378" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>4.3</x:t>
         </x:is>
       </x:c>
       <x:c r="I378" t="inlineStr">
         <x:is>
           <x:t>4</x:t>
         </x:is>
       </x:c>
       <x:c r="J378" t="inlineStr">
         <x:is>
           <x:t>15</x:t>
         </x:is>
       </x:c>
       <x:c r="K378" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>39</x:t>
         </x:is>
       </x:c>
       <x:c r="L378" t="inlineStr">
         <x:is>
           <x:t>49</x:t>
         </x:is>
       </x:c>
       <x:c r="M378" t="inlineStr">
         <x:is>
           <x:t>45</x:t>
         </x:is>
       </x:c>
       <x:c r="N378" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O378" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P378" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q378" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R378" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="379">
       <x:c r="A379" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B379" t="inlineStr">
         <x:is>
           <x:t>07/20/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C379" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D379" t="inlineStr">
         <x:is>
           <x:t>20</x:t>
         </x:is>
       </x:c>
       <x:c r="E379" t="inlineStr">
@@ -34874,117 +34874,301 @@
       </x:c>
       <x:c r="O379" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P379" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q379" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R379" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="380">
       <x:c r="A380" t="inlineStr">
         <x:is>
+          <x:t>225158907</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B380" t="inlineStr">
+        <x:is>
+          <x:t>07/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C380" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D380" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E380" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F380" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G380" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H380" t="inlineStr">
+        <x:is>
+          <x:t>2.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I380" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J380" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K380" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L380" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M380" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N380" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O380" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P380" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q380" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R380" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="381">
+      <x:c r="A381" t="inlineStr">
+        <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="B380" t="inlineStr">
+      <x:c r="B381" t="inlineStr">
         <x:is>
           <x:t>08/24/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C380" t="inlineStr">
+      <x:c r="C381" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D380" t="inlineStr">
+      <x:c r="D381" t="inlineStr">
         <x:is>
           <x:t>24</x:t>
         </x:is>
       </x:c>
-      <x:c r="E380" t="inlineStr">
+      <x:c r="E381" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F380" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I380" t="inlineStr">
+      <x:c r="F381" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G381" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H381" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I381" t="inlineStr">
         <x:is>
           <x:t>5</x:t>
         </x:is>
       </x:c>
-      <x:c r="J380" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="L380" t="inlineStr">
+      <x:c r="J381" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K381" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L381" t="inlineStr">
         <x:is>
           <x:t>50</x:t>
         </x:is>
       </x:c>
-      <x:c r="M380" t="inlineStr">
+      <x:c r="M381" t="inlineStr">
         <x:is>
           <x:t>47</x:t>
         </x:is>
       </x:c>
-      <x:c r="N380" t="inlineStr">
-[...21 lines deleted...]
-          <x:t/>
+      <x:c r="N381" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O381" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P381" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q381" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R381" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="382">
+      <x:c r="A382" t="inlineStr">
+        <x:is>
+          <x:t>225158907</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B382" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C382" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D382" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E382" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F382" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G382" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H382" t="inlineStr">
+        <x:is>
+          <x:t>3.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I382" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J382" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K382" t="inlineStr">
+        <x:is>
+          <x:t>43</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L382" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M382" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N382" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O382" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P382" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q382" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R382" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>