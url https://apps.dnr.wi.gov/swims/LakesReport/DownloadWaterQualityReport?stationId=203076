--- v2 (2026-01-12)
+++ v3 (2026-02-27)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c5f571568b64096" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R740f6b550e534d81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra3b3bbffb78948e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Red020a91648c4412"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra3b3bbffb78948e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Red020a91648c4412" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>