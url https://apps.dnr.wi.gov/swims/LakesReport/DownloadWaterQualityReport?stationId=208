--- v0 (2025-11-06)
+++ v1 (2025-12-27)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R250a5b745c314adb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a309846e6ad46f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rac8c949036d148c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rf493320ae0b544ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rac8c949036d148c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf493320ae0b544ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -23831,28 +23831,212 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O259" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P259" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q259" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R259" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="260">
+      <x:c r="A260" t="inlineStr">
+        <x:is>
+          <x:t>357954026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B260" t="inlineStr">
+        <x:is>
+          <x:t>11/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C260" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D260" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E260" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F260" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G260" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H260" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I260" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J260" t="inlineStr">
+        <x:is>
+          <x:t>87</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K260" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L260" t="inlineStr">
+        <x:is>
+          <x:t>63</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M260" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N260" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O260" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P260" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q260" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R260" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="261">
+      <x:c r="A261" t="inlineStr">
+        <x:is>
+          <x:t>357954026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B261" t="inlineStr">
+        <x:is>
+          <x:t>11/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C261" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D261" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E261" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F261" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G261" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H261" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I261" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J261" t="inlineStr">
+        <x:is>
+          <x:t>88</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K261" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L261" t="inlineStr">
+        <x:is>
+          <x:t>63</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M261" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N261" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O261" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P261" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q261" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R261" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>