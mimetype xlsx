--- v1 (2025-12-27)
+++ v2 (2026-02-21)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a309846e6ad46f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd22911678b414a52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rf493320ae0b544ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R9b692a89db444245"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf493320ae0b544ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9b692a89db444245" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>