--- v0 (2025-10-26)
+++ v1 (2026-01-12)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0bde716e5774b46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61d163ca88ec47d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R2c94aeeddf3c4369"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc26df9c99ba640e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2c94aeeddf3c4369" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc26df9c99ba640e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -6443,28 +6443,120 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O70" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P70" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q70" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R70" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="71">
+      <x:c r="A71" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B71" t="inlineStr">
+        <x:is>
+          <x:t>10/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C71" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D71" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E71" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F71" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G71" t="inlineStr">
+        <x:is>
+          <x:t>N</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H71" t="inlineStr">
+        <x:is>
+          <x:t>2.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I71" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J71" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K71" t="inlineStr">
+        <x:is>
+          <x:t>47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L71" t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M71" t="inlineStr">
+        <x:is>
+          <x:t>40</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N71" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O71" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P71" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q71" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R71" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>