--- v0 (2025-10-01)
+++ v1 (2025-11-18)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b6e542c7ad947f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3feaca6916c540da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R342cd0904a164a48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R97d4a7147c5245c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R342cd0904a164a48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R97d4a7147c5245c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -8651,28 +8651,120 @@
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O94" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P94" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q94" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R94" t="inlineStr">
         <x:is>
           <x:t>4-Would not swim but boating OK (algae)</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="95">
+      <x:c r="A95" t="inlineStr">
+        <x:is>
+          <x:t>357907018</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B95" t="inlineStr">
+        <x:is>
+          <x:t>10/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C95" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D95" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E95" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F95" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G95" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H95" t="inlineStr">
+        <x:is>
+          <x:t>0.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I95" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J95" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K95" t="inlineStr">
+        <x:is>
+          <x:t>67</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L95" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M95" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N95" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O95" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P95" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q95" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R95" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>