--- v1 (2025-11-18)
+++ v2 (2026-01-08)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3feaca6916c540da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree9afc2d43cb40c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R97d4a7147c5245c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8cda5b5ade254661"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R97d4a7147c5245c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8cda5b5ade254661" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>