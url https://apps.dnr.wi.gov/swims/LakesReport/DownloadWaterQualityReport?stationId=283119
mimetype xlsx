--- v2 (2026-01-08)
+++ v3 (2026-02-25)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree9afc2d43cb40c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4eb4d22da84b43c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8cda5b5ade254661"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8d3d2ae840834f45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8cda5b5ade254661" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8d3d2ae840834f45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>