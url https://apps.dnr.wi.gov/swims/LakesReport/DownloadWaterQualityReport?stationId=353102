--- v0 (2025-10-16)
+++ v1 (2025-12-03)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R993cdd7ec7cb493c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94db8909c6e344d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rb7a357c892ad4eb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0616d9ae6e5941f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb7a357c892ad4eb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0616d9ae6e5941f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -20427,28 +20427,212 @@
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O222" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P222" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q222" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R222" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="223">
+      <x:c r="A223" t="inlineStr">
+        <x:is>
+          <x:t>345820156</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B223" t="inlineStr">
+        <x:is>
+          <x:t>10/21/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C223" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D223" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E223" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F223" t="inlineStr">
+        <x:is>
+          <x:t>1.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G223" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H223" t="inlineStr">
+        <x:is>
+          <x:t>0.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I223" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J223" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K223" t="inlineStr">
+        <x:is>
+          <x:t>69</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L223" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M223" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N223" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O223" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P223" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q223" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R223" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="224">
+      <x:c r="A224" t="inlineStr">
+        <x:is>
+          <x:t>345820156</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B224" t="inlineStr">
+        <x:is>
+          <x:t>10/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C224" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D224" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E224" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F224" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G224" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H224" t="inlineStr">
+        <x:is>
+          <x:t>0.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I224" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J224" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K224" t="inlineStr">
+        <x:is>
+          <x:t>67</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L224" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M224" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N224" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O224" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P224" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q224" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R224" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>