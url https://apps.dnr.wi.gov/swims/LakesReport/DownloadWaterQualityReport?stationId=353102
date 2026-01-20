--- v1 (2025-12-03)
+++ v2 (2026-01-20)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94db8909c6e344d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd10c4a0bb1874090" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0616d9ae6e5941f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R442451299f324425"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0616d9ae6e5941f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R442451299f324425" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>