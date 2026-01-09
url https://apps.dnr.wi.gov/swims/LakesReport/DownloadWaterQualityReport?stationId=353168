--- v0 (2025-11-20)
+++ v1 (2026-01-09)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R863944f78d354ed5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf53badc808624d1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R7984255862d04535"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R50d862484c5d428b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7984255862d04535" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R50d862484c5d428b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -19142,209 +19142,485 @@
       </x:c>
       <x:c r="O208" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P208" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q208" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R208" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="209">
       <x:c r="A209" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>239725093</x:t>
         </x:is>
       </x:c>
       <x:c r="B209" t="inlineStr">
         <x:is>
-          <x:t>07/28/2025</x:t>
+          <x:t>06/27/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C209" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D209" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>27</x:t>
         </x:is>
       </x:c>
       <x:c r="E209" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F209" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>13.5</x:t>
         </x:is>
       </x:c>
       <x:c r="G209" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H209" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>4.1</x:t>
         </x:is>
       </x:c>
       <x:c r="I209" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J209" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K209" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>40</x:t>
         </x:is>
       </x:c>
       <x:c r="L209" t="inlineStr">
         <x:is>
-          <x:t>45</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M209" t="inlineStr">
         <x:is>
-          <x:t>38</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N209" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>HIGH</x:t>
         </x:is>
       </x:c>
       <x:c r="O209" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P209" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q209" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R209" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="210">
       <x:c r="A210" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B210" t="inlineStr">
         <x:is>
+          <x:t>07/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C210" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D210" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E210" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F210" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G210" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H210" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I210" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J210" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K210" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L210" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M210" t="inlineStr">
+        <x:is>
+          <x:t>38</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N210" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O210" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P210" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q210" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R210" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="211">
+      <x:c r="A211" t="inlineStr">
+        <x:is>
+          <x:t>239725093</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B211" t="inlineStr">
+        <x:is>
+          <x:t>07/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C211" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D211" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E211" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F211" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G211" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H211" t="inlineStr">
+        <x:is>
+          <x:t>4.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I211" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J211" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K211" t="inlineStr">
+        <x:is>
+          <x:t>38</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L211" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M211" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N211" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O211" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P211" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q211" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R211" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="212">
+      <x:c r="A212" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B212" t="inlineStr">
+        <x:is>
           <x:t>08/31/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C210" t="inlineStr">
+      <x:c r="C212" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D210" t="inlineStr">
+      <x:c r="D212" t="inlineStr">
         <x:is>
           <x:t>31</x:t>
         </x:is>
       </x:c>
-      <x:c r="E210" t="inlineStr">
+      <x:c r="E212" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F210" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I210" t="inlineStr">
+      <x:c r="F212" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G212" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H212" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I212" t="inlineStr">
         <x:is>
           <x:t>4</x:t>
         </x:is>
       </x:c>
-      <x:c r="J210" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="M210" t="inlineStr">
+      <x:c r="J212" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K212" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L212" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M212" t="inlineStr">
         <x:is>
           <x:t>44</x:t>
         </x:is>
       </x:c>
-      <x:c r="N210" t="inlineStr">
-[...21 lines deleted...]
-          <x:t/>
+      <x:c r="N212" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O212" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P212" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q212" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R212" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="213">
+      <x:c r="A213" t="inlineStr">
+        <x:is>
+          <x:t>239725093</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B213" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C213" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D213" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E213" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F213" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G213" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H213" t="inlineStr">
+        <x:is>
+          <x:t>4.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I213" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J213" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K213" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L213" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M213" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N213" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O213" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P213" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q213" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R213" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>