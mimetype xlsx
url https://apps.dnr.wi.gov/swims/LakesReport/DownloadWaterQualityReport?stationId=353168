--- v1 (2026-01-09)
+++ v2 (2026-02-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf53badc808624d1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d602bf5291a45db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R50d862484c5d428b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rdaf6cc7ef45f470e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R50d862484c5d428b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdaf6cc7ef45f470e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>