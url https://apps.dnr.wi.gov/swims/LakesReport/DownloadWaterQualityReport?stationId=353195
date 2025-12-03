--- v0 (2025-10-16)
+++ v1 (2025-12-03)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc079dd4717ee4cdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec7e514fbc3e4c13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0c444ec935774154"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R08731d5835904e43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0c444ec935774154" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R08731d5835904e43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>