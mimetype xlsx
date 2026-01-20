--- v1 (2025-12-03)
+++ v2 (2026-01-20)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec7e514fbc3e4c13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76f7650264184cc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R08731d5835904e43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rd1ba77a3e2f7425d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R08731d5835904e43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd1ba77a3e2f7425d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -10887,111 +10887,111 @@
           <x:t>293144400</x:t>
         </x:is>
       </x:c>
       <x:c r="B119" t="inlineStr">
         <x:is>
           <x:t>06/07/2022</x:t>
         </x:is>
       </x:c>
       <x:c r="C119" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D119" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="E119" t="inlineStr">
         <x:is>
           <x:t>2022</x:t>
         </x:is>
       </x:c>
       <x:c r="F119" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>3.5</x:t>
         </x:is>
       </x:c>
       <x:c r="G119" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H119" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1.1</x:t>
         </x:is>
       </x:c>
       <x:c r="I119" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J119" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K119" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>59</x:t>
         </x:is>
       </x:c>
       <x:c r="L119" t="inlineStr">
         <x:is>
           <x:t>56</x:t>
         </x:is>
       </x:c>
       <x:c r="M119" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N119" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O119" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P119" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q119" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R119" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="120">
       <x:c r="A120" t="inlineStr">
         <x:is>
           <x:t>241112303</x:t>
         </x:is>
       </x:c>
       <x:c r="B120" t="inlineStr">
         <x:is>
           <x:t>07/05/2022</x:t>
         </x:is>
       </x:c>
       <x:c r="C120" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D120" t="inlineStr">
         <x:is>
           <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="E120" t="inlineStr">
@@ -11138,1221 +11138,1865 @@
       </x:c>
       <x:c r="O121" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P121" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q121" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R121" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="122">
       <x:c r="A122" t="inlineStr">
         <x:is>
-          <x:t>241112303</x:t>
+          <x:t>293144400</x:t>
         </x:is>
       </x:c>
       <x:c r="B122" t="inlineStr">
         <x:is>
-          <x:t>08/02/2022</x:t>
+          <x:t>08/01/2022</x:t>
         </x:is>
       </x:c>
       <x:c r="C122" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="D122" t="inlineStr">
         <x:is>
-          <x:t>02</x:t>
+          <x:t>01</x:t>
         </x:is>
       </x:c>
       <x:c r="E122" t="inlineStr">
         <x:is>
           <x:t>2022</x:t>
         </x:is>
       </x:c>
       <x:c r="F122" t="inlineStr">
         <x:is>
-          <x:t>3.3</x:t>
+          <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="G122" t="inlineStr">
         <x:is>
-          <x:t>N</x:t>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H122" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>0.9</x:t>
         </x:is>
       </x:c>
       <x:c r="I122" t="inlineStr">
         <x:is>
-          <x:t>22</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J122" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K122" t="inlineStr">
         <x:is>
-          <x:t>60</x:t>
+          <x:t>61</x:t>
         </x:is>
       </x:c>
       <x:c r="L122" t="inlineStr">
         <x:is>
-          <x:t>61</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M122" t="inlineStr">
         <x:is>
-          <x:t>58</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N122" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>LOW</x:t>
         </x:is>
       </x:c>
       <x:c r="O122" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>3' LOW</x:t>
         </x:is>
       </x:c>
       <x:c r="P122" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q122" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R122" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="123">
       <x:c r="A123" t="inlineStr">
         <x:is>
-          <x:t>293144400</x:t>
+          <x:t>241112303</x:t>
         </x:is>
       </x:c>
       <x:c r="B123" t="inlineStr">
         <x:is>
-          <x:t>08/04/2022</x:t>
+          <x:t>08/02/2022</x:t>
         </x:is>
       </x:c>
       <x:c r="C123" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="D123" t="inlineStr">
         <x:is>
-          <x:t>04</x:t>
+          <x:t>02</x:t>
         </x:is>
       </x:c>
       <x:c r="E123" t="inlineStr">
         <x:is>
           <x:t>2022</x:t>
         </x:is>
       </x:c>
       <x:c r="F123" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>3.3</x:t>
         </x:is>
       </x:c>
       <x:c r="G123" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>N</x:t>
         </x:is>
       </x:c>
       <x:c r="H123" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="I123" t="inlineStr">
         <x:is>
-          <x:t>24</x:t>
+          <x:t>22</x:t>
         </x:is>
       </x:c>
       <x:c r="J123" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K123" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>60</x:t>
         </x:is>
       </x:c>
       <x:c r="L123" t="inlineStr">
         <x:is>
           <x:t>61</x:t>
         </x:is>
       </x:c>
       <x:c r="M123" t="inlineStr">
         <x:is>
-          <x:t>59</x:t>
+          <x:t>58</x:t>
         </x:is>
       </x:c>
       <x:c r="N123" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O123" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P123" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q123" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R123" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="124">
       <x:c r="A124" t="inlineStr">
         <x:is>
-          <x:t>241112303</x:t>
+          <x:t>293144400</x:t>
         </x:is>
       </x:c>
       <x:c r="B124" t="inlineStr">
         <x:is>
-          <x:t>10/27/2022</x:t>
+          <x:t>08/04/2022</x:t>
         </x:is>
       </x:c>
       <x:c r="C124" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="D124" t="inlineStr">
         <x:is>
-          <x:t>27</x:t>
+          <x:t>04</x:t>
         </x:is>
       </x:c>
       <x:c r="E124" t="inlineStr">
         <x:is>
           <x:t>2022</x:t>
         </x:is>
       </x:c>
       <x:c r="F124" t="inlineStr">
         <x:is>
-          <x:t>6.2</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G124" t="inlineStr">
         <x:is>
-          <x:t>N</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="H124" t="inlineStr">
         <x:is>
-          <x:t>1.9</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I124" t="inlineStr">
         <x:is>
-          <x:t>2</x:t>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="J124" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K124" t="inlineStr">
         <x:is>
-          <x:t>51</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="L124" t="inlineStr">
         <x:is>
+          <x:t>61</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M124" t="inlineStr">
+        <x:is>
           <x:t>59</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>39</x:t>
         </x:is>
       </x:c>
       <x:c r="N124" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O124" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P124" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q124" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R124" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="125">
       <x:c r="A125" t="inlineStr">
         <x:is>
-          <x:t>293144400</x:t>
+          <x:t>241112303</x:t>
         </x:is>
       </x:c>
       <x:c r="B125" t="inlineStr">
         <x:is>
-          <x:t>05/27/2023</x:t>
+          <x:t>10/27/2022</x:t>
         </x:is>
       </x:c>
       <x:c r="C125" t="inlineStr">
         <x:is>
-          <x:t>05</x:t>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="D125" t="inlineStr">
         <x:is>
           <x:t>27</x:t>
         </x:is>
       </x:c>
       <x:c r="E125" t="inlineStr">
         <x:is>
-          <x:t>2023</x:t>
+          <x:t>2022</x:t>
         </x:is>
       </x:c>
       <x:c r="F125" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>6.2</x:t>
         </x:is>
       </x:c>
       <x:c r="G125" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>N</x:t>
         </x:is>
       </x:c>
       <x:c r="H125" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1.9</x:t>
         </x:is>
       </x:c>
       <x:c r="I125" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2</x:t>
         </x:is>
       </x:c>
       <x:c r="J125" t="inlineStr">
         <x:is>
-          <x:t>68</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="K125" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>51</x:t>
         </x:is>
       </x:c>
       <x:c r="L125" t="inlineStr">
         <x:is>
-          <x:t>61</x:t>
+          <x:t>59</x:t>
         </x:is>
       </x:c>
       <x:c r="M125" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>39</x:t>
         </x:is>
       </x:c>
       <x:c r="N125" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O125" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P125" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q125" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R125" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="126">
       <x:c r="A126" t="inlineStr">
         <x:is>
           <x:t>293144400</x:t>
         </x:is>
       </x:c>
       <x:c r="B126" t="inlineStr">
         <x:is>
-          <x:t>06/30/2023</x:t>
+          <x:t>05/27/2023</x:t>
         </x:is>
       </x:c>
       <x:c r="C126" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="D126" t="inlineStr">
         <x:is>
-          <x:t>30</x:t>
+          <x:t>27</x:t>
         </x:is>
       </x:c>
       <x:c r="E126" t="inlineStr">
         <x:is>
           <x:t>2023</x:t>
         </x:is>
       </x:c>
       <x:c r="F126" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>3.5</x:t>
         </x:is>
       </x:c>
       <x:c r="G126" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H126" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1.1</x:t>
         </x:is>
       </x:c>
       <x:c r="I126" t="inlineStr">
         <x:is>
-          <x:t>21</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J126" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>68</x:t>
         </x:is>
       </x:c>
       <x:c r="K126" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>59</x:t>
         </x:is>
       </x:c>
       <x:c r="L126" t="inlineStr">
         <x:is>
-          <x:t>51</x:t>
+          <x:t>61</x:t>
         </x:is>
       </x:c>
       <x:c r="M126" t="inlineStr">
         <x:is>
-          <x:t>58</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N126" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O126" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P126" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q126" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R126" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="127">
       <x:c r="A127" t="inlineStr">
         <x:is>
           <x:t>293144400</x:t>
         </x:is>
       </x:c>
       <x:c r="B127" t="inlineStr">
         <x:is>
-          <x:t>07/25/2023</x:t>
+          <x:t>06/30/2023</x:t>
         </x:is>
       </x:c>
       <x:c r="C127" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D127" t="inlineStr">
         <x:is>
-          <x:t>25</x:t>
+          <x:t>30</x:t>
         </x:is>
       </x:c>
       <x:c r="E127" t="inlineStr">
         <x:is>
           <x:t>2023</x:t>
         </x:is>
       </x:c>
       <x:c r="F127" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="G127" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H127" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>0.9</x:t>
         </x:is>
       </x:c>
       <x:c r="I127" t="inlineStr">
         <x:is>
-          <x:t>15</x:t>
+          <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="J127" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K127" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>61</x:t>
         </x:is>
       </x:c>
       <x:c r="L127" t="inlineStr">
         <x:is>
-          <x:t>53</x:t>
+          <x:t>51</x:t>
         </x:is>
       </x:c>
       <x:c r="M127" t="inlineStr">
         <x:is>
-          <x:t>55</x:t>
+          <x:t>58</x:t>
         </x:is>
       </x:c>
       <x:c r="N127" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>LOW</x:t>
         </x:is>
       </x:c>
       <x:c r="O127" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>3' LOW</x:t>
         </x:is>
       </x:c>
       <x:c r="P127" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q127" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R127" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="128">
       <x:c r="A128" t="inlineStr">
         <x:is>
           <x:t>293144400</x:t>
         </x:is>
       </x:c>
       <x:c r="B128" t="inlineStr">
         <x:is>
-          <x:t>08/21/2023</x:t>
+          <x:t>07/25/2023</x:t>
         </x:is>
       </x:c>
       <x:c r="C128" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D128" t="inlineStr">
         <x:is>
-          <x:t>21</x:t>
+          <x:t>25</x:t>
         </x:is>
       </x:c>
       <x:c r="E128" t="inlineStr">
         <x:is>
           <x:t>2023</x:t>
         </x:is>
       </x:c>
       <x:c r="F128" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="G128" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H128" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>0.9</x:t>
         </x:is>
       </x:c>
       <x:c r="I128" t="inlineStr">
         <x:is>
-          <x:t>23</x:t>
+          <x:t>15</x:t>
         </x:is>
       </x:c>
       <x:c r="J128" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K128" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>61</x:t>
         </x:is>
       </x:c>
       <x:c r="L128" t="inlineStr">
         <x:is>
-          <x:t>60</x:t>
+          <x:t>53</x:t>
         </x:is>
       </x:c>
       <x:c r="M128" t="inlineStr">
         <x:is>
-          <x:t>59</x:t>
+          <x:t>55</x:t>
         </x:is>
       </x:c>
       <x:c r="N128" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>LOW</x:t>
         </x:is>
       </x:c>
       <x:c r="O128" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>4.5' LOW</x:t>
         </x:is>
       </x:c>
       <x:c r="P128" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q128" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R128" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="129">
       <x:c r="A129" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>293144400</x:t>
         </x:is>
       </x:c>
       <x:c r="B129" t="inlineStr">
         <x:is>
-          <x:t>06/10/2024</x:t>
+          <x:t>08/21/2023</x:t>
         </x:is>
       </x:c>
       <x:c r="C129" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="D129" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="E129" t="inlineStr">
         <x:is>
-          <x:t>2024</x:t>
+          <x:t>2023</x:t>
         </x:is>
       </x:c>
       <x:c r="F129" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>3.5</x:t>
         </x:is>
       </x:c>
       <x:c r="G129" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H129" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1.1</x:t>
         </x:is>
       </x:c>
       <x:c r="I129" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>23</x:t>
         </x:is>
       </x:c>
       <x:c r="J129" t="inlineStr">
         <x:is>
-          <x:t>48</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="K129" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>59</x:t>
         </x:is>
       </x:c>
       <x:c r="L129" t="inlineStr">
         <x:is>
-          <x:t>58</x:t>
+          <x:t>60</x:t>
         </x:is>
       </x:c>
       <x:c r="M129" t="inlineStr">
         <x:is>
-          <x:t>47</x:t>
+          <x:t>59</x:t>
         </x:is>
       </x:c>
       <x:c r="N129" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>LOW</x:t>
         </x:is>
       </x:c>
       <x:c r="O129" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>6.5' LOW</x:t>
         </x:is>
       </x:c>
       <x:c r="P129" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q129" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R129" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="130">
       <x:c r="A130" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B130" t="inlineStr">
         <x:is>
-          <x:t>07/28/2024</x:t>
+          <x:t>06/10/2024</x:t>
         </x:is>
       </x:c>
       <x:c r="C130" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D130" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="E130" t="inlineStr">
         <x:is>
           <x:t>2024</x:t>
         </x:is>
       </x:c>
       <x:c r="F130" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G130" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="H130" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I130" t="inlineStr">
         <x:is>
           <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="J130" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>48</x:t>
         </x:is>
       </x:c>
       <x:c r="K130" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="L130" t="inlineStr">
         <x:is>
           <x:t>58</x:t>
         </x:is>
       </x:c>
       <x:c r="M130" t="inlineStr">
         <x:is>
           <x:t>47</x:t>
         </x:is>
       </x:c>
       <x:c r="N130" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O130" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P130" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q130" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R130" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="131">
       <x:c r="A131" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>293144400</x:t>
         </x:is>
       </x:c>
       <x:c r="B131" t="inlineStr">
         <x:is>
-          <x:t>08/29/2024</x:t>
+          <x:t>06/10/2024</x:t>
         </x:is>
       </x:c>
       <x:c r="C131" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D131" t="inlineStr">
         <x:is>
-          <x:t>29</x:t>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="E131" t="inlineStr">
         <x:is>
           <x:t>2024</x:t>
         </x:is>
       </x:c>
       <x:c r="F131" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="G131" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H131" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>0.9</x:t>
         </x:is>
       </x:c>
       <x:c r="I131" t="inlineStr">
         <x:is>
-          <x:t>23</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J131" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K131" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>61</x:t>
         </x:is>
       </x:c>
       <x:c r="L131" t="inlineStr">
         <x:is>
-          <x:t>60</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M131" t="inlineStr">
         <x:is>
-          <x:t>59</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N131" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O131" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P131" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q131" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R131" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="132">
       <x:c r="A132" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>293144400</x:t>
         </x:is>
       </x:c>
       <x:c r="B132" t="inlineStr">
         <x:is>
-          <x:t>05/26/2025</x:t>
+          <x:t>07/21/2024</x:t>
         </x:is>
       </x:c>
       <x:c r="C132" t="inlineStr">
         <x:is>
-          <x:t>05</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D132" t="inlineStr">
         <x:is>
-          <x:t>26</x:t>
+          <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="E132" t="inlineStr">
         <x:is>
-          <x:t>2025</x:t>
+          <x:t>2024</x:t>
         </x:is>
       </x:c>
       <x:c r="F132" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2</x:t>
         </x:is>
       </x:c>
       <x:c r="G132" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H132" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>0.6</x:t>
         </x:is>
       </x:c>
       <x:c r="I132" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J132" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K132" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>67</x:t>
         </x:is>
       </x:c>
       <x:c r="L132" t="inlineStr">
         <x:is>
-          <x:t>54</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M132" t="inlineStr">
         <x:is>
-          <x:t>42</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N132" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>HIGH</x:t>
         </x:is>
       </x:c>
       <x:c r="O132" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P132" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q132" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R132" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="133">
       <x:c r="A133" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B133" t="inlineStr">
         <x:is>
-          <x:t>06/27/2025</x:t>
+          <x:t>07/28/2024</x:t>
         </x:is>
       </x:c>
       <x:c r="C133" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D133" t="inlineStr">
         <x:is>
-          <x:t>27</x:t>
+          <x:t>28</x:t>
         </x:is>
       </x:c>
       <x:c r="E133" t="inlineStr">
         <x:is>
-          <x:t>2025</x:t>
+          <x:t>2024</x:t>
         </x:is>
       </x:c>
       <x:c r="F133" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G133" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="H133" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I133" t="inlineStr">
         <x:is>
-          <x:t>6</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="J133" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K133" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="L133" t="inlineStr">
         <x:is>
-          <x:t>54</x:t>
+          <x:t>58</x:t>
         </x:is>
       </x:c>
       <x:c r="M133" t="inlineStr">
         <x:is>
-          <x:t>48</x:t>
+          <x:t>47</x:t>
         </x:is>
       </x:c>
       <x:c r="N133" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O133" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P133" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q133" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R133" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="134">
       <x:c r="A134" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B134" t="inlineStr">
         <x:is>
+          <x:t>08/29/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C134" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D134" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E134" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F134" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G134" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H134" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I134" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J134" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K134" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L134" t="inlineStr">
+        <x:is>
+          <x:t>60</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M134" t="inlineStr">
+        <x:is>
+          <x:t>59</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N134" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O134" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P134" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q134" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R134" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="135">
+      <x:c r="A135" t="inlineStr">
+        <x:is>
+          <x:t>293144400</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B135" t="inlineStr">
+        <x:is>
+          <x:t>08/29/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C135" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D135" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E135" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F135" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G135" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H135" t="inlineStr">
+        <x:is>
+          <x:t>0.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I135" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J135" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K135" t="inlineStr">
+        <x:is>
+          <x:t>67</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L135" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M135" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N135" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O135" t="inlineStr">
+        <x:is>
+          <x:t>1.5' LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="P135" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q135" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R135" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="136">
+      <x:c r="A136" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B136" t="inlineStr">
+        <x:is>
+          <x:t>05/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C136" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D136" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E136" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F136" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G136" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H136" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I136" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J136" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K136" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L136" t="inlineStr">
+        <x:is>
+          <x:t>54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M136" t="inlineStr">
+        <x:is>
+          <x:t>42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N136" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O136" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P136" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q136" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R136" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="137">
+      <x:c r="A137" t="inlineStr">
+        <x:is>
+          <x:t>293144400</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B137" t="inlineStr">
+        <x:is>
+          <x:t>05/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C137" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D137" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E137" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F137" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G137" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H137" t="inlineStr">
+        <x:is>
+          <x:t>1.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I137" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J137" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K137" t="inlineStr">
+        <x:is>
+          <x:t>57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L137" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M137" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N137" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O137" t="inlineStr">
+        <x:is>
+          <x:t>1' LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="P137" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q137" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R137" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="138">
+      <x:c r="A138" t="inlineStr">
+        <x:is>
+          <x:t>293144400</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B138" t="inlineStr">
+        <x:is>
+          <x:t>06/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C138" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D138" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E138" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F138" t="inlineStr">
+        <x:is>
+          <x:t>3.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G138" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H138" t="inlineStr">
+        <x:is>
+          <x:t>1.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I138" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J138" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K138" t="inlineStr">
+        <x:is>
+          <x:t>59</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L138" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M138" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N138" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O138" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P138" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q138" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R138" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="139">
+      <x:c r="A139" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B139" t="inlineStr">
+        <x:is>
+          <x:t>06/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C139" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D139" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E139" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I139" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L139" t="inlineStr">
+        <x:is>
+          <x:t>54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M139" t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="140">
+      <x:c r="A140" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B140" t="inlineStr">
+        <x:is>
           <x:t>07/27/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C134" t="inlineStr">
+      <x:c r="C140" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
-      <x:c r="D134" t="inlineStr">
+      <x:c r="D140" t="inlineStr">
         <x:is>
           <x:t>27</x:t>
         </x:is>
       </x:c>
-      <x:c r="E134" t="inlineStr">
+      <x:c r="E140" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F134" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I134" t="inlineStr">
+      <x:c r="F140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I140" t="inlineStr">
         <x:is>
           <x:t>3</x:t>
         </x:is>
       </x:c>
-      <x:c r="J134" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="L134" t="inlineStr">
+      <x:c r="J140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L140" t="inlineStr">
         <x:is>
           <x:t>54</x:t>
         </x:is>
       </x:c>
-      <x:c r="M134" t="inlineStr">
+      <x:c r="M140" t="inlineStr">
         <x:is>
           <x:t>44</x:t>
         </x:is>
       </x:c>
-      <x:c r="N134" t="inlineStr">
-[...21 lines deleted...]
-          <x:t/>
+      <x:c r="N140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="141">
+      <x:c r="A141" t="inlineStr">
+        <x:is>
+          <x:t>293144400</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B141" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C141" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D141" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E141" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F141" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G141" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H141" t="inlineStr">
+        <x:is>
+          <x:t>1.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I141" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J141" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K141" t="inlineStr">
+        <x:is>
+          <x:t>57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L141" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M141" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N141" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O141" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P141" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q141" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R141" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>