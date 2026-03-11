--- v2 (2026-01-20)
+++ v3 (2026-03-11)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76f7650264184cc4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba83a7212c574873" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rd1ba77a3e2f7425d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R2d22b16011dc4539"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd1ba77a3e2f7425d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2d22b16011dc4539" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>