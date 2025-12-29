--- v0 (2025-11-02)
+++ v1 (2025-12-29)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74beaf9fd65c48a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3f46b0c1cdb4d38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8a5488c112ea4267"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rbac5303e2c9d4fc7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8a5488c112ea4267" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbac5303e2c9d4fc7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>