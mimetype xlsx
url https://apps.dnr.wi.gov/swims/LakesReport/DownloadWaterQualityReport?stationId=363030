--- v1 (2025-12-29)
+++ v2 (2026-02-13)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3f46b0c1cdb4d38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49f2525afb08438d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rbac5303e2c9d4fc7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rd3d1eeff940541e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbac5303e2c9d4fc7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd3d1eeff940541e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -6170,577 +6170,945 @@
       </x:c>
       <x:c r="O67" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P67" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q67" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R67" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="68">
       <x:c r="A68" t="inlineStr">
         <x:is>
-          <x:t>308860030</x:t>
+          <x:t>30603722</x:t>
         </x:is>
       </x:c>
       <x:c r="B68" t="inlineStr">
         <x:is>
           <x:t>03/26/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C68" t="inlineStr">
         <x:is>
           <x:t>03</x:t>
         </x:is>
       </x:c>
       <x:c r="D68" t="inlineStr">
         <x:is>
           <x:t>26</x:t>
         </x:is>
       </x:c>
       <x:c r="E68" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F68" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8</x:t>
         </x:is>
       </x:c>
       <x:c r="G68" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H68" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2.4</x:t>
         </x:is>
       </x:c>
       <x:c r="I68" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J68" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="K68" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>47</x:t>
         </x:is>
       </x:c>
       <x:c r="L68" t="inlineStr">
         <x:is>
-          <x:t>54</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M68" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N68" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O68" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P68" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q68" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R68" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="69">
       <x:c r="A69" t="inlineStr">
         <x:is>
           <x:t>308860030</x:t>
         </x:is>
       </x:c>
       <x:c r="B69" t="inlineStr">
         <x:is>
-          <x:t>06/15/2025</x:t>
+          <x:t>03/26/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C69" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>03</x:t>
         </x:is>
       </x:c>
       <x:c r="D69" t="inlineStr">
         <x:is>
-          <x:t>15</x:t>
+          <x:t>26</x:t>
         </x:is>
       </x:c>
       <x:c r="E69" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F69" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G69" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="H69" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I69" t="inlineStr">
         <x:is>
-          <x:t>4</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J69" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>28</x:t>
         </x:is>
       </x:c>
       <x:c r="K69" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="L69" t="inlineStr">
         <x:is>
-          <x:t>53</x:t>
+          <x:t>54</x:t>
         </x:is>
       </x:c>
       <x:c r="M69" t="inlineStr">
         <x:is>
-          <x:t>46</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N69" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O69" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P69" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q69" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R69" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="70">
       <x:c r="A70" t="inlineStr">
         <x:is>
-          <x:t>308860030</x:t>
+          <x:t>30603722</x:t>
         </x:is>
       </x:c>
       <x:c r="B70" t="inlineStr">
         <x:is>
-          <x:t>07/21/2025</x:t>
+          <x:t>06/15/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C70" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D70" t="inlineStr">
         <x:is>
-          <x:t>21</x:t>
+          <x:t>15</x:t>
         </x:is>
       </x:c>
       <x:c r="E70" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F70" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>14</x:t>
         </x:is>
       </x:c>
       <x:c r="G70" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H70" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>4.3</x:t>
         </x:is>
       </x:c>
       <x:c r="I70" t="inlineStr">
         <x:is>
-          <x:t>63</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J70" t="inlineStr">
         <x:is>
-          <x:t>64</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="K70" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>39</x:t>
         </x:is>
       </x:c>
       <x:c r="L70" t="inlineStr">
         <x:is>
-          <x:t>60</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M70" t="inlineStr">
         <x:is>
-          <x:t>66</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N70" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O70" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P70" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q70" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R70" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="71">
       <x:c r="A71" t="inlineStr">
         <x:is>
           <x:t>308860030</x:t>
         </x:is>
       </x:c>
       <x:c r="B71" t="inlineStr">
         <x:is>
-          <x:t>07/23/2025</x:t>
+          <x:t>06/15/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C71" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D71" t="inlineStr">
         <x:is>
-          <x:t>23</x:t>
+          <x:t>15</x:t>
         </x:is>
       </x:c>
       <x:c r="E71" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F71" t="inlineStr">
         <x:is>
-          <x:t>7.75</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G71" t="inlineStr">
         <x:is>
-          <x:t>NO</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="H71" t="inlineStr">
         <x:is>
-          <x:t>2.4</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I71" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>4</x:t>
         </x:is>
       </x:c>
       <x:c r="J71" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K71" t="inlineStr">
         <x:is>
-          <x:t>48</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="L71" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>53</x:t>
         </x:is>
       </x:c>
       <x:c r="M71" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>46</x:t>
         </x:is>
       </x:c>
       <x:c r="N71" t="inlineStr">
         <x:is>
-          <x:t>NORMAL</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="O71" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P71" t="inlineStr">
         <x:is>
-          <x:t>CLEAR</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q71" t="inlineStr">
         <x:is>
-          <x:t>BLUE</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="R71" t="inlineStr">
         <x:is>
-          <x:t>1-Beautiful, could not be nicer</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="72">
       <x:c r="A72" t="inlineStr">
         <x:is>
-          <x:t>371418294</x:t>
+          <x:t>30603722</x:t>
         </x:is>
       </x:c>
       <x:c r="B72" t="inlineStr">
         <x:is>
-          <x:t>07/23/2025</x:t>
+          <x:t>07/21/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C72" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D72" t="inlineStr">
         <x:is>
-          <x:t>23</x:t>
+          <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="E72" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F72" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>7</x:t>
         </x:is>
       </x:c>
       <x:c r="G72" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H72" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2.1</x:t>
         </x:is>
       </x:c>
       <x:c r="I72" t="inlineStr">
         <x:is>
-          <x:t>4</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J72" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K72" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>49</x:t>
         </x:is>
       </x:c>
       <x:c r="L72" t="inlineStr">
         <x:is>
-          <x:t>49</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M72" t="inlineStr">
         <x:is>
-          <x:t>45</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N72" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O72" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P72" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q72" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R72" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="73">
       <x:c r="A73" t="inlineStr">
         <x:is>
           <x:t>308860030</x:t>
         </x:is>
       </x:c>
       <x:c r="B73" t="inlineStr">
         <x:is>
+          <x:t>07/21/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C73" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D73" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E73" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F73" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G73" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H73" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I73" t="inlineStr">
+        <x:is>
+          <x:t>63</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J73" t="inlineStr">
+        <x:is>
+          <x:t>64</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K73" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L73" t="inlineStr">
+        <x:is>
+          <x:t>60</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M73" t="inlineStr">
+        <x:is>
+          <x:t>66</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N73" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O73" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P73" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q73" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R73" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="74">
+      <x:c r="A74" t="inlineStr">
+        <x:is>
+          <x:t>308860030</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B74" t="inlineStr">
+        <x:is>
+          <x:t>07/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C74" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D74" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E74" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F74" t="inlineStr">
+        <x:is>
+          <x:t>7.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G74" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H74" t="inlineStr">
+        <x:is>
+          <x:t>2.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I74" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J74" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K74" t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L74" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M74" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N74" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O74" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P74" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q74" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R74" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="75">
+      <x:c r="A75" t="inlineStr">
+        <x:is>
+          <x:t>371418294</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B75" t="inlineStr">
+        <x:is>
+          <x:t>07/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C75" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D75" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E75" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F75" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G75" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H75" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I75" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J75" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K75" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L75" t="inlineStr">
+        <x:is>
+          <x:t>49</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M75" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N75" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O75" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P75" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q75" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R75" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="76">
+      <x:c r="A76" t="inlineStr">
+        <x:is>
+          <x:t>30603722</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B76" t="inlineStr">
+        <x:is>
           <x:t>08/23/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C73" t="inlineStr">
+      <x:c r="C76" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D73" t="inlineStr">
+      <x:c r="D76" t="inlineStr">
         <x:is>
           <x:t>23</x:t>
         </x:is>
       </x:c>
-      <x:c r="E73" t="inlineStr">
+      <x:c r="E76" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F73" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I73" t="inlineStr">
+      <x:c r="F76" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G76" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H76" t="inlineStr">
+        <x:is>
+          <x:t>2.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I76" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J76" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K76" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L76" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M76" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N76" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O76" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P76" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q76" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R76" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="77">
+      <x:c r="A77" t="inlineStr">
+        <x:is>
+          <x:t>308860030</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B77" t="inlineStr">
+        <x:is>
+          <x:t>08/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C77" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D77" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E77" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F77" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G77" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H77" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I77" t="inlineStr">
         <x:is>
           <x:t>3</x:t>
         </x:is>
       </x:c>
-      <x:c r="J73" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="L73" t="inlineStr">
+      <x:c r="J77" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K77" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L77" t="inlineStr">
         <x:is>
           <x:t>49</x:t>
         </x:is>
       </x:c>
-      <x:c r="M73" t="inlineStr">
+      <x:c r="M77" t="inlineStr">
         <x:is>
           <x:t>43</x:t>
         </x:is>
       </x:c>
-      <x:c r="N73" t="inlineStr">
-[...19 lines deleted...]
-      <x:c r="R73" t="inlineStr">
+      <x:c r="N77" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O77" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P77" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q77" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R77" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>