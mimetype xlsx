--- v0 (2025-11-05)
+++ v1 (2025-12-29)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3616e03dfd3845d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra77ea44e299647f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R4568ffbf43894eba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R3eb0c52898ec4a81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4568ffbf43894eba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3eb0c52898ec4a81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>