--- v1 (2025-12-29)
+++ v2 (2026-02-13)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra77ea44e299647f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3c76604623b4ad6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R3eb0c52898ec4a81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rb1180bed4a604368"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3eb0c52898ec4a81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb1180bed4a604368" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -8467,28 +8467,120 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O92" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P92" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q92" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R92" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="93">
+      <x:c r="A93" t="inlineStr">
+        <x:is>
+          <x:t>308860030</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B93" t="inlineStr">
+        <x:is>
+          <x:t>01/28/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C93" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D93" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E93" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F93" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G93" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H93" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I93" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J93" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K93" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L93" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M93" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N93" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O93" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P93" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q93" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R93" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>