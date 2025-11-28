--- v0 (2025-10-08)
+++ v1 (2025-11-28)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f68f57c9af743ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raffb49e4e0594766" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R3ec8bf8fa95644fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R370017446fa44fcb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3ec8bf8fa95644fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R370017446fa44fcb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -33887,184 +33887,184 @@
           <x:t>308860030</x:t>
         </x:is>
       </x:c>
       <x:c r="B369" t="inlineStr">
         <x:is>
           <x:t>07/31/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C369" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D369" t="inlineStr">
         <x:is>
           <x:t>31</x:t>
         </x:is>
       </x:c>
       <x:c r="E369" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F369" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1.5</x:t>
         </x:is>
       </x:c>
       <x:c r="G369" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H369" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>0.5</x:t>
         </x:is>
       </x:c>
       <x:c r="I369" t="inlineStr">
         <x:is>
           <x:t>76</x:t>
         </x:is>
       </x:c>
       <x:c r="J369" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K369" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>71</x:t>
         </x:is>
       </x:c>
       <x:c r="L369" t="inlineStr">
         <x:is>
           <x:t>63</x:t>
         </x:is>
       </x:c>
       <x:c r="M369" t="inlineStr">
         <x:is>
           <x:t>68</x:t>
         </x:is>
       </x:c>
       <x:c r="N369" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O369" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P369" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q369" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R369" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>4-Would not swim but boating OK (algae)</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="370">
       <x:c r="A370" t="inlineStr">
         <x:is>
           <x:t>308860030</x:t>
         </x:is>
       </x:c>
       <x:c r="B370" t="inlineStr">
         <x:is>
           <x:t>08/25/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C370" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="D370" t="inlineStr">
         <x:is>
           <x:t>25</x:t>
         </x:is>
       </x:c>
       <x:c r="E370" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F370" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2</x:t>
         </x:is>
       </x:c>
       <x:c r="G370" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H370" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>0.6</x:t>
         </x:is>
       </x:c>
       <x:c r="I370" t="inlineStr">
         <x:is>
           <x:t>94</x:t>
         </x:is>
       </x:c>
       <x:c r="J370" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K370" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>67</x:t>
         </x:is>
       </x:c>
       <x:c r="L370" t="inlineStr">
         <x:is>
           <x:t>63</x:t>
         </x:is>
       </x:c>
       <x:c r="M370" t="inlineStr">
         <x:is>
           <x:t>69</x:t>
         </x:is>
       </x:c>
       <x:c r="N370" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O370" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P370" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q370" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R370" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>4-Would not swim but boating OK (algae)</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>