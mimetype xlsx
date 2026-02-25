--- v1 (2025-11-28)
+++ v2 (2026-02-25)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raffb49e4e0594766" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc4da944eedc4ba9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R370017446fa44fcb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rdecc9c2e36cf4625"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R370017446fa44fcb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdecc9c2e36cf4625" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>