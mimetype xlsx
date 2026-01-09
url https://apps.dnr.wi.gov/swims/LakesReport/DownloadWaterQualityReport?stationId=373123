--- v0 (2025-10-08)
+++ v1 (2026-01-09)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra97b368ab57640b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R372a8d5ffc334d54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rf190a973432a4be5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rf3932cc01f294eb9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf190a973432a4be5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf3932cc01f294eb9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -11944,47 +11944,415 @@
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K130" t="inlineStr">
         <x:is>
           <x:t>77</x:t>
         </x:is>
       </x:c>
       <x:c r="L130" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M130" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N130" t="inlineStr">
         <x:is>
           <x:t>LOW</x:t>
         </x:is>
       </x:c>
       <x:c r="O130" t="inlineStr">
         <x:is>
-          <x:t>20</x:t>
+          <x:t>N/A</x:t>
         </x:is>
       </x:c>
       <x:c r="P130" t="inlineStr">
         <x:is>
           <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q130" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R130" t="inlineStr">
         <x:is>
           <x:t>5-Enjoyment substantially impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="131">
+      <x:c r="A131" t="inlineStr">
+        <x:is>
+          <x:t>164187096</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B131" t="inlineStr">
+        <x:is>
+          <x:t>10/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C131" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D131" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E131" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F131" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G131" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H131" t="inlineStr">
+        <x:is>
+          <x:t>0.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I131" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J131" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K131" t="inlineStr">
+        <x:is>
+          <x:t>77</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L131" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M131" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N131" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O131" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P131" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q131" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R131" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="132">
+      <x:c r="A132" t="inlineStr">
+        <x:is>
+          <x:t>164187096</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B132" t="inlineStr">
+        <x:is>
+          <x:t>10/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C132" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D132" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E132" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F132" t="inlineStr">
+        <x:is>
+          <x:t>1.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G132" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H132" t="inlineStr">
+        <x:is>
+          <x:t>0.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I132" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J132" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K132" t="inlineStr">
+        <x:is>
+          <x:t>71</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L132" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M132" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N132" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O132" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P132" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q132" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R132" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="133">
+      <x:c r="A133" t="inlineStr">
+        <x:is>
+          <x:t>164187096</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B133" t="inlineStr">
+        <x:is>
+          <x:t>10/21/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C133" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D133" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E133" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F133" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G133" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H133" t="inlineStr">
+        <x:is>
+          <x:t>0.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I133" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J133" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K133" t="inlineStr">
+        <x:is>
+          <x:t>77</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L133" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M133" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N133" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O133" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P133" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q133" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R133" t="inlineStr">
+        <x:is>
+          <x:t>4-Would not swim but boating OK (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="134">
+      <x:c r="A134" t="inlineStr">
+        <x:is>
+          <x:t>164187096</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B134" t="inlineStr">
+        <x:is>
+          <x:t>10/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C134" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D134" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E134" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F134" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G134" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H134" t="inlineStr">
+        <x:is>
+          <x:t>0.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I134" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J134" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K134" t="inlineStr">
+        <x:is>
+          <x:t>77</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L134" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M134" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N134" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O134" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="P134" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q134" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R134" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>