--- v0 (2025-10-08)
+++ v1 (2026-01-10)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c6d0643cab74de7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17016bda30094bc3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8a1fd1ab0fb140e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R15f770b7705a4de7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8a1fd1ab0fb140e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R15f770b7705a4de7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -18682,485 +18682,1313 @@
       </x:c>
       <x:c r="O203" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P203" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q203" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R203" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="204">
       <x:c r="A204" t="inlineStr">
         <x:is>
-          <x:t>114455531</x:t>
+          <x:t>197235259</x:t>
         </x:is>
       </x:c>
       <x:c r="B204" t="inlineStr">
         <x:is>
-          <x:t>07/28/2025</x:t>
+          <x:t>05/12/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C204" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="D204" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>12</x:t>
         </x:is>
       </x:c>
       <x:c r="E204" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F204" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>5.5</x:t>
         </x:is>
       </x:c>
       <x:c r="G204" t="inlineStr">
         <x:is>
-          <x:t>Y</x:t>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H204" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1.7</x:t>
         </x:is>
       </x:c>
       <x:c r="I204" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J204" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K204" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>53</x:t>
         </x:is>
       </x:c>
       <x:c r="L204" t="inlineStr">
         <x:is>
-          <x:t>48</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M204" t="inlineStr">
         <x:is>
-          <x:t>43</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N204" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O204" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P204" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q204" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R204" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="205">
       <x:c r="A205" t="inlineStr">
         <x:is>
-          <x:t>376364417</x:t>
+          <x:t>197235259</x:t>
         </x:is>
       </x:c>
       <x:c r="B205" t="inlineStr">
         <x:is>
-          <x:t>07/28/2025</x:t>
+          <x:t>05/31/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C205" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="D205" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>31</x:t>
         </x:is>
       </x:c>
       <x:c r="E205" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F205" t="inlineStr">
         <x:is>
-          <x:t>11</x:t>
+          <x:t>6</x:t>
         </x:is>
       </x:c>
       <x:c r="G205" t="inlineStr">
         <x:is>
           <x:t>YES</x:t>
         </x:is>
       </x:c>
       <x:c r="H205" t="inlineStr">
         <x:is>
-          <x:t>3.3</x:t>
+          <x:t>1.8</x:t>
         </x:is>
       </x:c>
       <x:c r="I205" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J205" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K205" t="inlineStr">
         <x:is>
-          <x:t>43</x:t>
+          <x:t>51</x:t>
         </x:is>
       </x:c>
       <x:c r="L205" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M205" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N205" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O205" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P205" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q205" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R205" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="206">
       <x:c r="A206" t="inlineStr">
         <x:is>
-          <x:t>114455531</x:t>
+          <x:t>197235259</x:t>
         </x:is>
       </x:c>
       <x:c r="B206" t="inlineStr">
         <x:is>
-          <x:t>08/19/2025</x:t>
+          <x:t>06/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C206" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D206" t="inlineStr">
         <x:is>
-          <x:t>19</x:t>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="E206" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F206" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G206" t="inlineStr">
         <x:is>
-          <x:t>Y</x:t>
+          <x:t>YES</x:t>
         </x:is>
       </x:c>
       <x:c r="H206" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I206" t="inlineStr">
         <x:is>
-          <x:t>25</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J206" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K206" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="L206" t="inlineStr">
         <x:is>
-          <x:t>54</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M206" t="inlineStr">
         <x:is>
-          <x:t>59</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N206" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>HIGH</x:t>
         </x:is>
       </x:c>
       <x:c r="O206" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P206" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q206" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R206" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="207">
       <x:c r="A207" t="inlineStr">
         <x:is>
-          <x:t>376364417</x:t>
+          <x:t>197235259</x:t>
         </x:is>
       </x:c>
       <x:c r="B207" t="inlineStr">
         <x:is>
-          <x:t>08/19/2025</x:t>
+          <x:t>07/10/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C207" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D207" t="inlineStr">
         <x:is>
-          <x:t>19</x:t>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="E207" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F207" t="inlineStr">
         <x:is>
-          <x:t>11</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G207" t="inlineStr">
         <x:is>
           <x:t>YES</x:t>
         </x:is>
       </x:c>
       <x:c r="H207" t="inlineStr">
         <x:is>
-          <x:t>3.3</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I207" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J207" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K207" t="inlineStr">
         <x:is>
-          <x:t>43</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="L207" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M207" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N207" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>HIGH</x:t>
         </x:is>
       </x:c>
       <x:c r="O207" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P207" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q207" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R207" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="208">
       <x:c r="A208" t="inlineStr">
         <x:is>
+          <x:t>197235259</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B208" t="inlineStr">
+        <x:is>
+          <x:t>07/18/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C208" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D208" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E208" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F208" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G208" t="inlineStr">
+        <x:is>
+          <x:t>YES</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H208" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I208" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J208" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K208" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L208" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M208" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N208" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O208" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P208" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q208" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R208" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="209">
+      <x:c r="A209" t="inlineStr">
+        <x:is>
+          <x:t>114455531</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B209" t="inlineStr">
+        <x:is>
+          <x:t>07/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C209" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D209" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E209" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F209" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G209" t="inlineStr">
+        <x:is>
+          <x:t>Y</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H209" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I209" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J209" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K209" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L209" t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M209" t="inlineStr">
+        <x:is>
+          <x:t>43</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N209" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O209" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P209" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q209" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R209" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="210">
+      <x:c r="A210" t="inlineStr">
+        <x:is>
           <x:t>376364417</x:t>
         </x:is>
       </x:c>
-      <x:c r="B208" t="inlineStr">
+      <x:c r="B210" t="inlineStr">
+        <x:is>
+          <x:t>07/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C210" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D210" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E210" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F210" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G210" t="inlineStr">
+        <x:is>
+          <x:t>YES</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H210" t="inlineStr">
+        <x:is>
+          <x:t>3.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I210" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J210" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K210" t="inlineStr">
+        <x:is>
+          <x:t>43</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L210" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M210" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N210" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O210" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P210" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q210" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R210" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="211">
+      <x:c r="A211" t="inlineStr">
+        <x:is>
+          <x:t>197235259</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B211" t="inlineStr">
+        <x:is>
+          <x:t>08/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C211" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D211" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E211" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F211" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G211" t="inlineStr">
+        <x:is>
+          <x:t>YES</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H211" t="inlineStr">
+        <x:is>
+          <x:t>1.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I211" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J211" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K211" t="inlineStr">
+        <x:is>
+          <x:t>51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L211" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M211" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N211" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O211" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P211" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q211" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R211" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="212">
+      <x:c r="A212" t="inlineStr">
+        <x:is>
+          <x:t>197235259</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B212" t="inlineStr">
+        <x:is>
+          <x:t>08/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C212" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D212" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E212" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F212" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G212" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H212" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I212" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J212" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K212" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L212" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M212" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N212" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O212" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P212" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q212" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R212" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="213">
+      <x:c r="A213" t="inlineStr">
+        <x:is>
+          <x:t>114455531</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B213" t="inlineStr">
+        <x:is>
+          <x:t>08/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C213" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D213" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E213" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F213" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G213" t="inlineStr">
+        <x:is>
+          <x:t>Y</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H213" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I213" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J213" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K213" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L213" t="inlineStr">
+        <x:is>
+          <x:t>54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M213" t="inlineStr">
+        <x:is>
+          <x:t>59</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N213" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O213" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P213" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q213" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R213" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="214">
+      <x:c r="A214" t="inlineStr">
+        <x:is>
+          <x:t>197235259</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B214" t="inlineStr">
+        <x:is>
+          <x:t>08/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C214" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D214" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E214" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F214" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G214" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H214" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I214" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J214" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K214" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L214" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M214" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N214" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O214" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P214" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q214" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R214" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="215">
+      <x:c r="A215" t="inlineStr">
+        <x:is>
+          <x:t>376364417</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B215" t="inlineStr">
+        <x:is>
+          <x:t>08/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C215" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D215" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E215" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F215" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G215" t="inlineStr">
+        <x:is>
+          <x:t>YES</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H215" t="inlineStr">
+        <x:is>
+          <x:t>3.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I215" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J215" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K215" t="inlineStr">
+        <x:is>
+          <x:t>43</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L215" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M215" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N215" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O215" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P215" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q215" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R215" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="216">
+      <x:c r="A216" t="inlineStr">
+        <x:is>
+          <x:t>376364417</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B216" t="inlineStr">
         <x:is>
           <x:t>09/11/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C208" t="inlineStr">
+      <x:c r="C216" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="D208" t="inlineStr">
+      <x:c r="D216" t="inlineStr">
         <x:is>
           <x:t>11</x:t>
         </x:is>
       </x:c>
-      <x:c r="E208" t="inlineStr">
+      <x:c r="E216" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F208" t="inlineStr">
+      <x:c r="F216" t="inlineStr">
         <x:is>
           <x:t>9</x:t>
         </x:is>
       </x:c>
-      <x:c r="G208" t="inlineStr">
+      <x:c r="G216" t="inlineStr">
         <x:is>
           <x:t>Y</x:t>
         </x:is>
       </x:c>
-      <x:c r="H208" t="inlineStr">
+      <x:c r="H216" t="inlineStr">
         <x:is>
           <x:t>2.7</x:t>
         </x:is>
       </x:c>
-      <x:c r="I208" t="inlineStr">
+      <x:c r="I216" t="inlineStr">
         <x:is>
           <x:t>2</x:t>
         </x:is>
       </x:c>
-      <x:c r="J208" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="K208" t="inlineStr">
+      <x:c r="J216" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K216" t="inlineStr">
         <x:is>
           <x:t>45</x:t>
         </x:is>
       </x:c>
-      <x:c r="L208" t="inlineStr">
+      <x:c r="L216" t="inlineStr">
         <x:is>
           <x:t>47</x:t>
         </x:is>
       </x:c>
-      <x:c r="M208" t="inlineStr">
+      <x:c r="M216" t="inlineStr">
         <x:is>
           <x:t>41</x:t>
         </x:is>
       </x:c>
-      <x:c r="N208" t="inlineStr">
-[...21 lines deleted...]
-          <x:t/>
+      <x:c r="N216" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O216" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P216" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q216" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R216" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="217">
+      <x:c r="A217" t="inlineStr">
+        <x:is>
+          <x:t>197235259</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B217" t="inlineStr">
+        <x:is>
+          <x:t>09/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C217" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D217" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E217" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G217" t="inlineStr">
+        <x:is>
+          <x:t>YES</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N217" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P217" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q217" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R217" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>