--- v1 (2026-01-10)
+++ v2 (2026-02-25)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17016bda30094bc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4eb20f0a103411b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R15f770b7705a4de7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R9d31fa21fe2047ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R15f770b7705a4de7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9d31fa21fe2047ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>