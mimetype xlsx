--- v0 (2025-12-26)
+++ v1 (2026-02-28)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18e78b657b844f3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R149e1d7b38f84190" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc3f292b555b9492b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0eb41442e8d54510"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc3f292b555b9492b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0eb41442e8d54510" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -834,117 +834,209 @@
       </x:c>
       <x:c r="O9" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P9" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q9" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R9" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="inlineStr">
         <x:is>
+          <x:t>18137035</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B10" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C10" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D10" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E10" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F10" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G10" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H10" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I10" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J10" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K10" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L10" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M10" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N10" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O10" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P10" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q10" t="inlineStr">
+        <x:is>
+          <x:t>YELLOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R10" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="11">
+      <x:c r="A11" t="inlineStr">
+        <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="B10" t="inlineStr">
+      <x:c r="B11" t="inlineStr">
         <x:is>
           <x:t>09/18/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C10" t="inlineStr">
+      <x:c r="C11" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="D10" t="inlineStr">
+      <x:c r="D11" t="inlineStr">
         <x:is>
           <x:t>18</x:t>
         </x:is>
       </x:c>
-      <x:c r="E10" t="inlineStr">
+      <x:c r="E11" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F10" t="inlineStr">
+      <x:c r="F11" t="inlineStr">
         <x:is>
           <x:t>2.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="G10" t="inlineStr">
+      <x:c r="G11" t="inlineStr">
         <x:is>
           <x:t>N</x:t>
         </x:is>
       </x:c>
-      <x:c r="H10" t="inlineStr">
+      <x:c r="H11" t="inlineStr">
         <x:is>
           <x:t>0.8</x:t>
         </x:is>
       </x:c>
-      <x:c r="I10" t="inlineStr">
+      <x:c r="I11" t="inlineStr">
         <x:is>
           <x:t>73</x:t>
         </x:is>
       </x:c>
-      <x:c r="J10" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="K10" t="inlineStr">
+      <x:c r="J11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K11" t="inlineStr">
         <x:is>
           <x:t>64</x:t>
         </x:is>
       </x:c>
-      <x:c r="L10" t="inlineStr">
+      <x:c r="L11" t="inlineStr">
         <x:is>
           <x:t>56</x:t>
         </x:is>
       </x:c>
-      <x:c r="M10" t="inlineStr">
+      <x:c r="M11" t="inlineStr">
         <x:is>
           <x:t>67</x:t>
         </x:is>
       </x:c>
-      <x:c r="N10" t="inlineStr">
-[...19 lines deleted...]
-      <x:c r="R10" t="inlineStr">
+      <x:c r="N11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R11" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>