--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90bd7382afbc41f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94e84b21f6624e18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rf470eae9a852401b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8beac77da3844bb6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf470eae9a852401b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8beac77da3844bb6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -9847,28 +9847,212 @@
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O107" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P107" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q107" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R107" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="108">
+      <x:c r="A108" t="inlineStr">
+        <x:is>
+          <x:t>67210096</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B108" t="inlineStr">
+        <x:is>
+          <x:t>05/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C108" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D108" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E108" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F108" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G108" t="inlineStr">
+        <x:is>
+          <x:t>YES</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H108" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I108" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J108" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K108" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L108" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M108" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N108" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O108" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P108" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q108" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R108" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="109">
+      <x:c r="A109" t="inlineStr">
+        <x:is>
+          <x:t>67210096</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B109" t="inlineStr">
+        <x:is>
+          <x:t>08/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C109" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D109" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E109" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F109" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G109" t="inlineStr">
+        <x:is>
+          <x:t>YES</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H109" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I109" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J109" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K109" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L109" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M109" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N109" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O109" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P109" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q109" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R109" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>