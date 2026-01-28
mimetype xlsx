--- v1 (2025-12-07)
+++ v2 (2026-01-28)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94e84b21f6624e18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb28311b0aa134e54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8beac77da3844bb6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R4eee65ea5cfd4067"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8beac77da3844bb6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4eee65ea5cfd4067" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>