--- v2 (2026-01-28)
+++ v3 (2026-03-16)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb28311b0aa134e54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea0a6880b11841ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R4eee65ea5cfd4067"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R739b2d8acf5b4642"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4eee65ea5cfd4067" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R739b2d8acf5b4642" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>