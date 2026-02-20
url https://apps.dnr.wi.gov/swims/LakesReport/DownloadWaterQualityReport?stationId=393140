--- v0 (2025-11-04)
+++ v1 (2026-02-20)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1160668154864bb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5da70f92b23b4116" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R46a68b00ee4b4e21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Re7e730e60dbb43ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R46a68b00ee4b4e21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re7e730e60dbb43ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -18498,117 +18498,209 @@
       </x:c>
       <x:c r="O201" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P201" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q201" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R201" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="202">
       <x:c r="A202" t="inlineStr">
         <x:is>
+          <x:t>357801817</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B202" t="inlineStr">
+        <x:is>
+          <x:t>08/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C202" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D202" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E202" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F202" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G202" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H202" t="inlineStr">
+        <x:is>
+          <x:t>2.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I202" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J202" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K202" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L202" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M202" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N202" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O202" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P202" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q202" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R202" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="203">
+      <x:c r="A203" t="inlineStr">
+        <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="B202" t="inlineStr">
+      <x:c r="B203" t="inlineStr">
         <x:is>
           <x:t>08/17/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C202" t="inlineStr">
+      <x:c r="C203" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D202" t="inlineStr">
+      <x:c r="D203" t="inlineStr">
         <x:is>
           <x:t>17</x:t>
         </x:is>
       </x:c>
-      <x:c r="E202" t="inlineStr">
+      <x:c r="E203" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F202" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I202" t="inlineStr">
+      <x:c r="F203" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G203" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H203" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I203" t="inlineStr">
         <x:is>
           <x:t>5</x:t>
         </x:is>
       </x:c>
-      <x:c r="J202" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="M202" t="inlineStr">
+      <x:c r="J203" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K203" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L203" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M203" t="inlineStr">
         <x:is>
           <x:t>47</x:t>
         </x:is>
       </x:c>
-      <x:c r="N202" t="inlineStr">
-[...19 lines deleted...]
-      <x:c r="R202" t="inlineStr">
+      <x:c r="N203" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O203" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P203" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q203" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R203" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>