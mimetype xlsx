--- v0 (2025-10-01)
+++ v1 (2025-12-08)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd494689e7d3d460e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70891e98d5e846a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R94ad9fa624e640af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R2e1aa897f0bc4b09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R94ad9fa624e640af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2e1aa897f0bc4b09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -10218,117 +10218,209 @@
       </x:c>
       <x:c r="O111" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P111" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q111" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R111" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="112">
       <x:c r="A112" t="inlineStr">
         <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B112" t="inlineStr">
+        <x:is>
+          <x:t>08/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C112" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D112" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E112" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F112" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G112" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H112" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I112" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J112" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K112" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L112" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M112" t="inlineStr">
+        <x:is>
+          <x:t>36</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N112" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O112" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P112" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q112" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R112" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="113">
+      <x:c r="A113" t="inlineStr">
+        <x:is>
           <x:t>203553177</x:t>
         </x:is>
       </x:c>
-      <x:c r="B112" t="inlineStr">
+      <x:c r="B113" t="inlineStr">
         <x:is>
           <x:t>08/22/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C112" t="inlineStr">
+      <x:c r="C113" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D112" t="inlineStr">
+      <x:c r="D113" t="inlineStr">
         <x:is>
           <x:t>22</x:t>
         </x:is>
       </x:c>
-      <x:c r="E112" t="inlineStr">
+      <x:c r="E113" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F112" t="inlineStr">
+      <x:c r="F113" t="inlineStr">
         <x:is>
           <x:t>22</x:t>
         </x:is>
       </x:c>
-      <x:c r="G112" t="inlineStr">
+      <x:c r="G113" t="inlineStr">
         <x:is>
           <x:t>NO</x:t>
         </x:is>
       </x:c>
-      <x:c r="H112" t="inlineStr">
+      <x:c r="H113" t="inlineStr">
         <x:is>
           <x:t>6.7</x:t>
         </x:is>
       </x:c>
-      <x:c r="I112" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="K112" t="inlineStr">
+      <x:c r="I113" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J113" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K113" t="inlineStr">
         <x:is>
           <x:t>33</x:t>
         </x:is>
       </x:c>
-      <x:c r="L112" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="N112" t="inlineStr">
+      <x:c r="L113" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M113" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N113" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
-      <x:c r="O112" t="inlineStr">
+      <x:c r="O113" t="inlineStr">
         <x:is>
           <x:t>1.28</x:t>
         </x:is>
       </x:c>
-      <x:c r="P112" t="inlineStr">
+      <x:c r="P113" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
-      <x:c r="Q112" t="inlineStr">
+      <x:c r="Q113" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
-      <x:c r="R112" t="inlineStr">
+      <x:c r="R113" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>