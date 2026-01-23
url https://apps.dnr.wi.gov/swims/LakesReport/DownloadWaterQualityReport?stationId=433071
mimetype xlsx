--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70891e98d5e846a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddc0954f3cc542dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R2e1aa897f0bc4b09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra80f2cbc19ee474d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2e1aa897f0bc4b09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra80f2cbc19ee474d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>