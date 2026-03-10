--- v2 (2026-01-23)
+++ v3 (2026-03-10)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddc0954f3cc542dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03576d47a4484fa7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra80f2cbc19ee474d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R13047e8fa7a44da5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra80f2cbc19ee474d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R13047e8fa7a44da5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>