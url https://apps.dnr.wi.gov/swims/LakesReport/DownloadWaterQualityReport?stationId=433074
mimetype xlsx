--- v0 (2026-01-23)
+++ v1 (2026-03-10)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb182c81f506494d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e76d53248974797" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rb811b08fad7d4246"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R80d69e87bd994085"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb811b08fad7d4246" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R80d69e87bd994085" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -39563,28 +39563,120 @@
         <x:is>
           <x:t>LOW</x:t>
         </x:is>
       </x:c>
       <x:c r="O430" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P430" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q430" t="inlineStr">
         <x:is>
           <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R430" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="431">
+      <x:c r="A431" t="inlineStr">
+        <x:is>
+          <x:t>312896447</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B431" t="inlineStr">
+        <x:is>
+          <x:t>02/13/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C431" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D431" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E431" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F431" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G431" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H431" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I431" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J431" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K431" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L431" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M431" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N431" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O431" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P431" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q431" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R431" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>