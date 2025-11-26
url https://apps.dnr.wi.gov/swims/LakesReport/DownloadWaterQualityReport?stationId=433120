--- v0 (2025-10-01)
+++ v1 (2025-11-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R047395d570044c83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a70167be0ae421d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R7edc9979e76f4dc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R224f6986ecd74f58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7edc9979e76f4dc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R224f6986ecd74f58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -27971,28 +27971,212 @@
         <x:is>
           <x:t>LOW</x:t>
         </x:is>
       </x:c>
       <x:c r="O304" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P304" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q304" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R304" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="305">
+      <x:c r="A305" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B305" t="inlineStr">
+        <x:is>
+          <x:t>09/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C305" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D305" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E305" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F305" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G305" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H305" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I305" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J305" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K305" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L305" t="inlineStr">
+        <x:is>
+          <x:t>46</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M305" t="inlineStr">
+        <x:is>
+          <x:t>32</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N305" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O305" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P305" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q305" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R305" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="306">
+      <x:c r="A306" t="inlineStr">
+        <x:is>
+          <x:t>29646653</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B306" t="inlineStr">
+        <x:is>
+          <x:t>09/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C306" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D306" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E306" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F306" t="inlineStr">
+        <x:is>
+          <x:t>21.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G306" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H306" t="inlineStr">
+        <x:is>
+          <x:t>6.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I306" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J306" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K306" t="inlineStr">
+        <x:is>
+          <x:t>33</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L306" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M306" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N306" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O306" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P306" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q306" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R306" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>