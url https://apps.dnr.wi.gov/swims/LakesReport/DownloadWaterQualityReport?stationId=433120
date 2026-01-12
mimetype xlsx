--- v1 (2025-11-26)
+++ v2 (2026-01-12)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a70167be0ae421d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94e3bb65aa8844e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R224f6986ecd74f58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra1d09faf7f744a23"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R224f6986ecd74f58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra1d09faf7f744a23" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -28155,28 +28155,120 @@
         <x:is>
           <x:t>LOW</x:t>
         </x:is>
       </x:c>
       <x:c r="O306" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P306" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q306" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R306" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="307">
+      <x:c r="A307" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B307" t="inlineStr">
+        <x:is>
+          <x:t>11/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C307" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D307" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E307" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F307" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G307" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H307" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I307" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J307" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K307" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L307" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M307" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N307" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O307" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P307" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q307" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R307" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>