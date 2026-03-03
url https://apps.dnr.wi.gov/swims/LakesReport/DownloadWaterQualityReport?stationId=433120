--- v2 (2026-01-12)
+++ v3 (2026-03-03)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94e3bb65aa8844e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d74fd67fd5245f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra1d09faf7f744a23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Re195e76908f04d98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra1d09faf7f744a23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re195e76908f04d98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>