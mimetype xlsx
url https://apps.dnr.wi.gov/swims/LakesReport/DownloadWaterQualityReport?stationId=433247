--- v0 (2025-11-26)
+++ v1 (2026-03-03)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3732bbf61914847" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf390b297f5394658" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R1a703f16179e4818"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rb16d574f68c442b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1a703f16179e4818" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb16d574f68c442b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -15738,301 +15738,669 @@
       </x:c>
       <x:c r="O171" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P171" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q171" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R171" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="172">
       <x:c r="A172" t="inlineStr">
         <x:is>
-          <x:t>143167470</x:t>
+          <x:t>18137035</x:t>
         </x:is>
       </x:c>
       <x:c r="B172" t="inlineStr">
         <x:is>
-          <x:t>04/10/2024</x:t>
+          <x:t>08/23/2023</x:t>
         </x:is>
       </x:c>
       <x:c r="C172" t="inlineStr">
         <x:is>
-          <x:t>04</x:t>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="D172" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>23</x:t>
         </x:is>
       </x:c>
       <x:c r="E172" t="inlineStr">
         <x:is>
-          <x:t>2024</x:t>
+          <x:t>2023</x:t>
         </x:is>
       </x:c>
       <x:c r="F172" t="inlineStr">
         <x:is>
-          <x:t>7</x:t>
+          <x:t>13</x:t>
         </x:is>
       </x:c>
       <x:c r="G172" t="inlineStr">
         <x:is>
-          <x:t>N</x:t>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H172" t="inlineStr">
         <x:is>
-          <x:t>2.1</x:t>
+          <x:t>4</x:t>
         </x:is>
       </x:c>
       <x:c r="I172" t="inlineStr">
         <x:is>
-          <x:t>2</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J172" t="inlineStr">
         <x:is>
-          <x:t>13</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="K172" t="inlineStr">
         <x:is>
-          <x:t>35</x:t>
+          <x:t>40</x:t>
         </x:is>
       </x:c>
       <x:c r="L172" t="inlineStr">
         <x:is>
-          <x:t>48</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M172" t="inlineStr">
         <x:is>
-          <x:t>39</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N172" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O172" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P172" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q172" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R172" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="173">
       <x:c r="A173" t="inlineStr">
         <x:is>
-          <x:t>37602475</x:t>
+          <x:t>143167470</x:t>
         </x:is>
       </x:c>
       <x:c r="B173" t="inlineStr">
         <x:is>
-          <x:t>07/24/2024</x:t>
+          <x:t>04/10/2024</x:t>
         </x:is>
       </x:c>
       <x:c r="C173" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>04</x:t>
         </x:is>
       </x:c>
       <x:c r="D173" t="inlineStr">
         <x:is>
-          <x:t>24</x:t>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="E173" t="inlineStr">
         <x:is>
           <x:t>2024</x:t>
         </x:is>
       </x:c>
       <x:c r="F173" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>7</x:t>
         </x:is>
       </x:c>
       <x:c r="G173" t="inlineStr">
         <x:is>
           <x:t>N</x:t>
         </x:is>
       </x:c>
       <x:c r="H173" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t>2.1</x:t>
         </x:is>
       </x:c>
       <x:c r="I173" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t>2</x:t>
         </x:is>
       </x:c>
       <x:c r="J173" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>13</x:t>
         </x:is>
       </x:c>
       <x:c r="K173" t="inlineStr">
         <x:is>
-          <x:t>44</x:t>
+          <x:t>35</x:t>
         </x:is>
       </x:c>
       <x:c r="L173" t="inlineStr">
         <x:is>
-          <x:t>45</x:t>
+          <x:t>48</x:t>
         </x:is>
       </x:c>
       <x:c r="M173" t="inlineStr">
         <x:is>
-          <x:t>44</x:t>
+          <x:t>39</x:t>
         </x:is>
       </x:c>
       <x:c r="N173" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O173" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P173" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q173" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R173" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="174">
       <x:c r="A174" t="inlineStr">
         <x:is>
+          <x:t>37602475</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B174" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C174" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D174" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E174" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F174" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G174" t="inlineStr">
+        <x:is>
+          <x:t>N</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H174" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I174" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J174" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K174" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L174" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M174" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N174" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O174" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P174" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q174" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R174" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="175">
+      <x:c r="A175" t="inlineStr">
+        <x:is>
           <x:t>18137035</x:t>
         </x:is>
       </x:c>
-      <x:c r="B174" t="inlineStr">
+      <x:c r="B175" t="inlineStr">
         <x:is>
           <x:t>04/24/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C174" t="inlineStr">
+      <x:c r="C175" t="inlineStr">
         <x:is>
           <x:t>04</x:t>
         </x:is>
       </x:c>
-      <x:c r="D174" t="inlineStr">
+      <x:c r="D175" t="inlineStr">
         <x:is>
           <x:t>24</x:t>
         </x:is>
       </x:c>
-      <x:c r="E174" t="inlineStr">
+      <x:c r="E175" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F174" t="inlineStr">
+      <x:c r="F175" t="inlineStr">
         <x:is>
           <x:t>14.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="G174" t="inlineStr">
+      <x:c r="G175" t="inlineStr">
         <x:is>
           <x:t>N</x:t>
         </x:is>
       </x:c>
-      <x:c r="H174" t="inlineStr">
+      <x:c r="H175" t="inlineStr">
         <x:is>
           <x:t>4.4</x:t>
         </x:is>
       </x:c>
-      <x:c r="I174" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="K174" t="inlineStr">
+      <x:c r="I175" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J175" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K175" t="inlineStr">
         <x:is>
           <x:t>39</x:t>
         </x:is>
       </x:c>
-      <x:c r="L174" t="inlineStr">
+      <x:c r="L175" t="inlineStr">
         <x:is>
           <x:t>49</x:t>
         </x:is>
       </x:c>
-      <x:c r="M174" t="inlineStr">
-[...26 lines deleted...]
-          <x:t/>
+      <x:c r="M175" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N175" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O175" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P175" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q175" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R175" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="176">
+      <x:c r="A176" t="inlineStr">
+        <x:is>
+          <x:t>388317727</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B176" t="inlineStr">
+        <x:is>
+          <x:t>07/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C176" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D176" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E176" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F176" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G176" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H176" t="inlineStr">
+        <x:is>
+          <x:t>5.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I176" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J176" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K176" t="inlineStr">
+        <x:is>
+          <x:t>36</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L176" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M176" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N176" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O176" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P176" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q176" t="inlineStr">
+        <x:is>
+          <x:t>RED</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R176" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="177">
+      <x:c r="A177" t="inlineStr">
+        <x:is>
+          <x:t>313445319</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B177" t="inlineStr">
+        <x:is>
+          <x:t>08/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C177" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D177" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E177" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F177" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G177" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H177" t="inlineStr">
+        <x:is>
+          <x:t>5.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I177" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J177" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K177" t="inlineStr">
+        <x:is>
+          <x:t>35</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L177" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M177" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N177" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O177" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P177" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q177" t="inlineStr">
+        <x:is>
+          <x:t>RED</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R177" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="178">
+      <x:c r="A178" t="inlineStr">
+        <x:is>
+          <x:t>313445319</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B178" t="inlineStr">
+        <x:is>
+          <x:t>09/03/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C178" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D178" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E178" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F178" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G178" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H178" t="inlineStr">
+        <x:is>
+          <x:t>5.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I178" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J178" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K178" t="inlineStr">
+        <x:is>
+          <x:t>35</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L178" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M178" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N178" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O178" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P178" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q178" t="inlineStr">
+        <x:is>
+          <x:t>YELLOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R178" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>