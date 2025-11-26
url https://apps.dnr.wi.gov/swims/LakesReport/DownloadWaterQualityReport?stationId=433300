--- v0 (2025-10-07)
+++ v1 (2025-11-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6379aac1d6404183" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e316268f8d94b2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R84db2fde741240cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R3db0d128f1c34fe9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R84db2fde741240cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3db0d128f1c34fe9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>