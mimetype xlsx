--- v1 (2025-11-26)
+++ v2 (2026-02-28)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e316268f8d94b2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5a722f79d654e7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R3db0d128f1c34fe9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Red6d885cdc0d4889"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3db0d128f1c34fe9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Red6d885cdc0d4889" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -10675,28 +10675,120 @@
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O116" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P116" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q116" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R116" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="117">
+      <x:c r="A117" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B117" t="inlineStr">
+        <x:is>
+          <x:t>11/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C117" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D117" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E117" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F117" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G117" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H117" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I117" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J117" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K117" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L117" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M117" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N117" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O117" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P117" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q117" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R117" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>