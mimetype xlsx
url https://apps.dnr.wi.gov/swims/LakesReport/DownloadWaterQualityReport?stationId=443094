--- v0 (2025-10-20)
+++ v1 (2026-03-10)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafb28088ffb244b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R900219c645c04813" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Re468d30504bd4d7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R2c74471312154bee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re468d30504bd4d7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2c74471312154bee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -21531,28 +21531,1132 @@
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O234" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P234" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q234" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R234" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="235">
+      <x:c r="A235" t="inlineStr">
+        <x:is>
+          <x:t>8190668</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B235" t="inlineStr">
+        <x:is>
+          <x:t>05/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C235" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D235" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E235" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F235" t="inlineStr">
+        <x:is>
+          <x:t>7.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G235" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H235" t="inlineStr">
+        <x:is>
+          <x:t>2.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I235" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J235" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K235" t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L235" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M235" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N235" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O235" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P235" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q235" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R235" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="236">
+      <x:c r="A236" t="inlineStr">
+        <x:is>
+          <x:t>8190668</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B236" t="inlineStr">
+        <x:is>
+          <x:t>05/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C236" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D236" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E236" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F236" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G236" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H236" t="inlineStr">
+        <x:is>
+          <x:t>2.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I236" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J236" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K236" t="inlineStr">
+        <x:is>
+          <x:t>49</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L236" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M236" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N236" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O236" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P236" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q236" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R236" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="237">
+      <x:c r="A237" t="inlineStr">
+        <x:is>
+          <x:t>8190668</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B237" t="inlineStr">
+        <x:is>
+          <x:t>05/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C237" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D237" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E237" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F237" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G237" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H237" t="inlineStr">
+        <x:is>
+          <x:t>2.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I237" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J237" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K237" t="inlineStr">
+        <x:is>
+          <x:t>49</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L237" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M237" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N237" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O237" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P237" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q237" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R237" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="238">
+      <x:c r="A238" t="inlineStr">
+        <x:is>
+          <x:t>8190668</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B238" t="inlineStr">
+        <x:is>
+          <x:t>06/15/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C238" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D238" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E238" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F238" t="inlineStr">
+        <x:is>
+          <x:t>5.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G238" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H238" t="inlineStr">
+        <x:is>
+          <x:t>1.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I238" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J238" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K238" t="inlineStr">
+        <x:is>
+          <x:t>52</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L238" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M238" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N238" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O238" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P238" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q238" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R238" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="239">
+      <x:c r="A239" t="inlineStr">
+        <x:is>
+          <x:t>8190668</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B239" t="inlineStr">
+        <x:is>
+          <x:t>06/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C239" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D239" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E239" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F239" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G239" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H239" t="inlineStr">
+        <x:is>
+          <x:t>1.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I239" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J239" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K239" t="inlineStr">
+        <x:is>
+          <x:t>51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L239" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M239" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N239" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O239" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P239" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q239" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R239" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="240">
+      <x:c r="A240" t="inlineStr">
+        <x:is>
+          <x:t>8190668</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B240" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C240" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D240" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E240" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F240" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G240" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H240" t="inlineStr">
+        <x:is>
+          <x:t>1.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I240" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J240" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K240" t="inlineStr">
+        <x:is>
+          <x:t>51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L240" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M240" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N240" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O240" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P240" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q240" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R240" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="241">
+      <x:c r="A241" t="inlineStr">
+        <x:is>
+          <x:t>8190668</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B241" t="inlineStr">
+        <x:is>
+          <x:t>07/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C241" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D241" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E241" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F241" t="inlineStr">
+        <x:is>
+          <x:t>6.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G241" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H241" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I241" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J241" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K241" t="inlineStr">
+        <x:is>
+          <x:t>50</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L241" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M241" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N241" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O241" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P241" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q241" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R241" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="242">
+      <x:c r="A242" t="inlineStr">
+        <x:is>
+          <x:t>8190668</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B242" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C242" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D242" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E242" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F242" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G242" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H242" t="inlineStr">
+        <x:is>
+          <x:t>2.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I242" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J242" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K242" t="inlineStr">
+        <x:is>
+          <x:t>47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L242" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M242" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N242" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O242" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P242" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q242" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R242" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="243">
+      <x:c r="A243" t="inlineStr">
+        <x:is>
+          <x:t>8190668</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B243" t="inlineStr">
+        <x:is>
+          <x:t>08/03/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C243" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D243" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E243" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F243" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G243" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H243" t="inlineStr">
+        <x:is>
+          <x:t>2.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I243" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J243" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K243" t="inlineStr">
+        <x:is>
+          <x:t>47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L243" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M243" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N243" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O243" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P243" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q243" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R243" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="244">
+      <x:c r="A244" t="inlineStr">
+        <x:is>
+          <x:t>8190668</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B244" t="inlineStr">
+        <x:is>
+          <x:t>08/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C244" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D244" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E244" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F244" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G244" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H244" t="inlineStr">
+        <x:is>
+          <x:t>2.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I244" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J244" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K244" t="inlineStr">
+        <x:is>
+          <x:t>49</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L244" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M244" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N244" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O244" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P244" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q244" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R244" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="245">
+      <x:c r="A245" t="inlineStr">
+        <x:is>
+          <x:t>8190668</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B245" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C245" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D245" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E245" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F245" t="inlineStr">
+        <x:is>
+          <x:t>7.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G245" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H245" t="inlineStr">
+        <x:is>
+          <x:t>2.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I245" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J245" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K245" t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L245" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M245" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N245" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O245" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P245" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q245" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R245" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="246">
+      <x:c r="A246" t="inlineStr">
+        <x:is>
+          <x:t>8190668</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B246" t="inlineStr">
+        <x:is>
+          <x:t>09/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C246" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D246" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E246" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F246" t="inlineStr">
+        <x:is>
+          <x:t>6.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G246" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H246" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I246" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J246" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K246" t="inlineStr">
+        <x:is>
+          <x:t>50</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L246" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M246" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N246" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O246" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P246" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q246" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R246" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>